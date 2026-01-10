--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,2037 +1,2041 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <!-- Generated by Aspose.Words for .NET 25.11.0 -->
   <w:body>
-    <w:p w14:paraId="20630CCB" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="20630CCB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>GENERALIDADES DEL PRODUCTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12EE9899" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...8 lines deleted...]
-    <w:p w14:paraId="6660D8AE" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="12EE9899" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="6660D8AE" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Los polímeros de metacrilato han tenido gran popularidad en la odontología porque se procesan con facilidad utilizando técnicas relativamente sencillas. Tienen la capacidad de proporcionar las propiedades esenciales y las características necesarias para usarlos en restauración oral.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6586C5" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="2C6586C5" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Una de sus principales aplicaciones es la elaboración de prótesis totales, parciales, removibles y restauraciones provisionales de larga duración, que rehabilitan la función masticatoria, fonética y estética.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DEFFB33" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="4DEFFB33" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Estas prótesis están compuestas por dientes artificiales colocados sobre una base de acrílico como soporte para conservar el contacto con los tejidos bucales. Las bases para dentaduras pueden ser elaboradas usando acrílico termopolimerizable que requiere de temperatura para polimerizarse, aplicando ya sea un baño termostático o un horno microondas. Estas resinas presentan ventajas como estabilidad dimensional, características de manejo, color y compatibilidad con los tejidos bucales y permiten ser recortadas y pulidas con facilidad. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A849FE2" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...8 lines deleted...]
-    <w:p w14:paraId="1CF6581A" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="0A849FE2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="1CF6581A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="319E9D5C" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="319E9D5C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>INFORMACIÓN DE COMPOSICIÓN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D07A9F1" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="2D07A9F1" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A0F3C06" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="1A0F3C06" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Componentes Polímero: Acrílico termopolimerizable (Tipo I).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="557E71DE" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="557E71DE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poli (metacrilato de metilo).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE33A9F" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="6EE33A9F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pigmentos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4CD1F6" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="1E4CD1F6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poliéster (si se requiere referencia con jaspeado).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="041F88F0" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...11 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="041F88F0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="48D50600" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Componentes monómeros termopolimerizable (Tipo I).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F540B49" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="2F540B49" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Metacrilato de metilo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4641CED4" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="4641CED4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Etilenglicol dimetacrilato.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A876A7" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="65A876A7" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0ADCC421" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="0ADCC421" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="525CE933" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="525CE933" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PROPIEDADES DEL PRODUCTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="516B20BE" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="516B20BE" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15D40359" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="15D40359" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Las propiedades físicas de los polímeros se inspeccionan en el laboratorio de control calidad mediante la utilización de equipos especializados y calibrados, basados en la norma ISO 20795-1 para el producto terminado. Las propiedades físicas más relevantes se muestran en la siguiente tabla.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01913D82" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="01913D82" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2262"/>
         <w:gridCol w:w="2928"/>
         <w:gridCol w:w="3083"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w14:paraId="21BD633C" w14:textId="77777777" w:rsidTr="00FE3EC6">
+      <w:tr w14:paraId="21BD633C" w14:textId="77777777" w:rsidTr="00FE3EC6">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:tblHeader/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BF16557" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="3BF16557" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>PARÁMETRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36C98E87" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="36C98E87" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>REQUERIMIENTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D6DA0C4" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="6D6DA0C4" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>RESULTADO EXPERIMENTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w14:paraId="1261E7CF" w14:textId="77777777" w:rsidTr="00FE3EC6">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="1261E7CF" w14:textId="77777777" w:rsidTr="00FE3EC6">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7994BB27" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="7994BB27" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Absorción de agua</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59DCB683" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="59DCB683" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>No debe exceder a 32 µg/mm</w:t>
             </w:r>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03529670" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="03529670" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>22.64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w14:paraId="3EBB5004" w14:textId="77777777" w:rsidTr="00FE3EC6">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="3EBB5004" w14:textId="77777777" w:rsidTr="00FE3EC6">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5106AE9E" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="5106AE9E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Solubilidad en agua</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0865B9A5" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="0865B9A5" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>No debe exceder 1.6 µg/mm</w:t>
             </w:r>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="418FA50A" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="418FA50A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>0.48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w14:paraId="00510BCB" w14:textId="77777777" w:rsidTr="00FE3EC6">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="00510BCB" w14:textId="77777777" w:rsidTr="00FE3EC6">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32F98C0F" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="32F98C0F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Resistencia a la flexión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A7EF6CA" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="2A7EF6CA" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Mínimo 65 MPa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63CE66F7" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="63CE66F7" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>73.29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w14:paraId="00BE06BC" w14:textId="77777777" w:rsidTr="00FE3EC6">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="00BE06BC" w14:textId="77777777" w:rsidTr="00FE3EC6">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="403E1A1A" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="403E1A1A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Módulo de flexión </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="297C297F" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="297C297F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Mínimo 2000 MPa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B50AB08" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="1B50AB08" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>2277</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w14:paraId="35E98276" w14:textId="77777777" w:rsidTr="00FE3EC6">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="35E98276" w14:textId="77777777" w:rsidTr="00FE3EC6">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15150FF3" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="15150FF3" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Monómero residual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="641192DA" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="641192DA" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>Máximo 2.2% en peso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="113B95AB" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="113B95AB" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C502C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>0.71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5A3EAB54" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...8 lines deleted...]
-    <w:p w14:paraId="313F93C7" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="5A3EAB54" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="313F93C7" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Otras propiedades son evaluadas en forma cualitativa como: comparación color, estabilidad del color, capacidad de pulido, translucidez y porosidad se encuentran dentro de los límites de aceptación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F150019" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...19 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="6F150019" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="13B1B1E0" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="23019C58" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">USOS Y APLICACIONES </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD797C4" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="0FD797C4" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CE5EBBB" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="5CE5EBBB" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:left="142"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Las resinas acrílicas termopolimerizables Veracril® y Opti-Cryl® están indicadas para la elaboración de bases para prótesis totales, parciales y removibles, placas estéticas, guías quirúrgicas, placas de bruxismo</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> o </w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">placas neuromiorrelajantes (NMR) y dientes provisionales. </w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sus características son:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B91413E" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="7B91413E" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E80DF56" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="0E80DF56" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Los acrílicos termopolimerizables tienen la capacidad de ser moldeados en formas complejas con la aplicación de calor y presión. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0104AACE" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="0104AACE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Proporciona las </w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>propiedades</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> esenciales y las características necesarias para usarlos en la cavidad bucal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B195C08" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="2B195C08" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fáciles de manipular.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06EC656B" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="06EC656B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Muestran suficiente translucidez que confiere la apariencia natural de los tejidos bucales reemplazados.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35FB75ED" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="35FB75ED" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>No presentan cambios de color ni pigmentación aun cuando son sometidos a temperaturas corporales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE7E233" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="0AE7E233" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Utilizando la relación de polímero y monómero indicadas, se evitan las contracciones verticales y contracciones lineales que pueda sufrir la estructura acrílica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CDD7945" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="7CDD7945" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5782357D" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="5782357D" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="394AEC21" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="394AEC21" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>ASEGURAMIENTO DE LA CALIDAD DEL PRODUCTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A51812A" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="0A51812A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73D4CD32" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="73D4CD32" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Las resinas acrílicas se fabrican con materias primas de alta calidad y a través de un proceso productivo estandarizado y certificado bajo ISO 9001 e ISO 13485. Además, en el laboratorio de Control Calidad se verifica el cumplimiento de los requerimientos de la norma ISO 20795-1 para producto terminado, por medio de equipos especializados.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D0E60F" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="45D0E60F" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A16A0B1" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="7A16A0B1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Absorción de agua y solubilidad</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verifica la cantidad de agua que absorben las resinas acrílicas o la cantidad de peso que ellas pierden, al sumergirse en agua. El acrílico es insoluble en saliva o en cualquier otro fluido que se encuentre en boca.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="511F9EEF" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="511F9EEF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Porosidad:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> El acrílico procesado presenta una superficie libre de imperfecciones y porosidades.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452121BF" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="452121BF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Resistencia a la flexión y módulo de flexión</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mide el grado de deformación de las resinas acrílicas para poder soportar las fuerzas oclusales ejercidas en el momento de uso, adicionalmente mide la fuerza que soporta una resina hasta fracturarse que garantiza su buen desempeño clínico.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23187DF2" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="23187DF2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Translucidez:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Un objeto al lado opuesto de la probeta de acrílico deberá ser visible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA4736B" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="7DA4736B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Monómero residual:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> El contenido de monómero que puede quedar durante la elaboración de la prótesis debe ser mínimo para garantizar la ausencia de irritaciones en los tejidos bucales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28ECCD27" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="28ECCD27" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F871F9F" w14:textId="75076ED0" w:rsidR="00C60899" w:rsidRDefault="00C60899">
+    <w:p w:rsidR="00C60899" w14:paraId="1F871F9F" w14:textId="75076ED0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39331E78" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...10 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="39331E78" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="1DD4D10F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>INSTRUCCIONES DE USO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0864EC11" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="0864EC11" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22C103D2" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="22C103D2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Se prepara la mezcla en un recipiente adecuado (dappen, recipiente de vidrio, porcelana o silicona).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61BC593E" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="61BC593E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Se vierte el polímero dosificado sobre el monómero en las proporciones indicadas, mezclando en forma de cruz continuamente durante 30 segundos aproximadamente, para evitar la generación de aire y para asegurar que las partículas de polímero se incorporen completamente con el monómero.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B88415" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="11B88415" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se tapa el recipiente para evitar la inclusión de aire hasta que la mezcla se encuentre en la etapa plástica (cuando la mezcla no se adhiera a la espátula o a las paredes del recipiente). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EAFC3F6" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="6EAFC3F6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Finalmente se procede a empaquetar y prensar la mufla. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E00F6A" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="08E00F6A" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16BC1C65" w14:textId="7D550557" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="16BC1C65" w14:textId="7D550557">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>El profesional en odontología es directamente responsable del</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> diagnóstico y el tratamiento generado al paciente para</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> el uso adecuado del producto. El laboratorista dental</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>es directamente responsable del uso correcto del producto para elaborar las bases de dentaduras de los diferentes tipos de rehabilitación.</w:t>
       </w:r>
       <w:r w:rsidR="00C60899">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Para más información véase el instructivo de uso del producto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4999FBB9" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...8 lines deleted...]
-    <w:p w14:paraId="335AC86B" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="4999FBB9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="335AC86B" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CC76D0A" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="3CC76D0A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PRESENTACIONES COMERCIALES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49AEED00" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="49AEED00" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56C70712" w14:textId="288C230F" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00D64028" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="56C70712" w14:textId="288C230F">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk108787073"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk108787073"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Polímero</w:t>
       </w:r>
-      <w:r w:rsidR="00FE3EC6" w:rsidRPr="001C502C">
+      <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6710DC" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="2C6710DC" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08FEA12A" w14:textId="1BB7E433" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="08FEA12A" w14:textId="1BB7E433">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">30, 40, 60, 125, 250, 500 </w:t>
       </w:r>
       <w:r w:rsidR="00FC671A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
@@ -2069,103 +2073,103 @@
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 125 kg</w:t>
       </w:r>
       <w:r w:rsidR="00FC671A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1, 5, 22, 44 y 55 lb.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B79888C" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="2B79888C" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="707836DA" w14:textId="61E7CD8D" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00D64028" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="707836DA" w14:textId="61E7CD8D">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Monómero</w:t>
       </w:r>
-      <w:r w:rsidR="00FE3EC6" w:rsidRPr="001C502C">
+      <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EDD3AC9" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="4EDD3AC9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="182518F3" w14:textId="2BA257EE" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="182518F3" w14:textId="2BA257EE">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">15, 30, 55, 110, 250, 500 </w:t>
       </w:r>
       <w:r w:rsidR="000C7231">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
@@ -2187,1134 +2191,1077 @@
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1 galón, 200 l</w:t>
       </w:r>
       <w:r w:rsidR="000C7231">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>8 y 32 oz.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="623AD347" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="623AD347" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05C8430F" w14:textId="2AF903DF" w:rsidR="00FE3EC6" w:rsidRPr="00595975" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="00595975" w:rsidP="001C502C" w14:paraId="05C8430F" w14:textId="2AF903DF">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00595975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Kit</w:t>
       </w:r>
-      <w:r w:rsidR="00D64028" w:rsidRPr="00595975">
+      <w:r w:rsidRPr="00595975" w:rsidR="00D64028">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00595975">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EC13804" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="00595975" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="00595975" w:rsidP="001C502C" w14:paraId="6EC13804" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="058ED9AF" w14:textId="4EA773E2" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="00267706" w:rsidP="001C502C" w14:paraId="058ED9AF" w14:textId="4EA773E2">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="pt-BR"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1000 g + 500 ml</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="00267706" w:rsidP="001C502C" w14:paraId="5441B529" w14:textId="26714DBC">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>500 g + 250 ml</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="00267706" w:rsidP="001C502C" w14:paraId="7B1D5CE2" w14:textId="6D4657C0">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>250 g + 110 ml</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="00267706" w:rsidP="001C502C" w14:paraId="30814B0E" w14:textId="0A06FFD7">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>125 g + 110 ml</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="00267706" w:rsidP="001C502C" w14:paraId="6B2922CA" w14:textId="1A0188EE">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>60 g + 55 ml</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="00267706" w:rsidP="001C502C" w14:paraId="24287CE5" w14:textId="1ABA3AD7">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>30 g + 15 ml</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="00267706" w:rsidP="001C502C" w14:paraId="404C2B0B" w14:textId="1B24558B">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 potes de 40 g </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267706" w:rsidR="008961BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cada uno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + 2 frascos por 55 ml </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267706" w:rsidR="008961BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cada uno</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="00267706" w:rsidP="001C502C" w14:paraId="451C1445" w14:textId="7FDF9109">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 potes de 40 g </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267706" w:rsidR="008961BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cada uno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + 2 frascos por 55 ml </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267706" w:rsidR="00C40CCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cada uno</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="00267706" w:rsidP="001C502C" w14:paraId="4E8E6E50" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="492AD931" w14:textId="2DEB6A42">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="5441B529" w14:textId="26714DBC" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kit de caracterización</w:t>
+      </w:r>
+      <w:r w:rsidR="008961BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="0BDAF662" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="6A2ACF50" w14:textId="36210EB2">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="pt-BR"/>
-[...240 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>8 frascos por 40 g cada uno.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="0C2080CE" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="0760155F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="0C2080CE" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55FA2784" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="55FA2784" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="7"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C502C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CONDICIONES DE ALMACENAMIENTO Y PRESERVACIÓN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78CAD422" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...10 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="001C502C" w:rsidP="001C502C" w14:paraId="78CAD422" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F2282F" w:rsidRPr="00D7394A" w:rsidP="008E0BB6" w14:paraId="416B98E8" w14:textId="266E48EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7394A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mantener el producto en un lugar fresco y bien ventilado</w:t>
       </w:r>
-      <w:r w:rsidR="00F2282F" w:rsidRPr="00D7394A">
+      <w:r w:rsidRPr="00D7394A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D7394A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">alejado de toda llama o fuente de chispa, </w:t>
       </w:r>
-      <w:r w:rsidR="00F2282F" w:rsidRPr="00D7394A">
+      <w:r w:rsidRPr="00D7394A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>del calor y la luz solar directa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FAAC08B" w14:textId="6FEFEEBB" w:rsidR="00FE3EC6" w:rsidRPr="00D7394A" w:rsidRDefault="00F2282F" w:rsidP="008E0BB6">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="00D7394A" w:rsidP="008E0BB6" w14:paraId="5FAAC08B" w14:textId="6FEFEEBB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7394A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="00FE3EC6" w:rsidRPr="00D7394A">
+      <w:r w:rsidRPr="00D7394A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o fumar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66BD9F96" w14:textId="77777777" w:rsidR="00FE3EC6" w:rsidRPr="00D7394A" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FE3EC6" w:rsidRPr="00D7394A" w:rsidP="001C502C" w14:paraId="66BD9F96" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7394A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Almacenar alejado de oxidantes, ácidos, bases e iniciadores de polimerización.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6592E823" w14:textId="1E4E163E" w:rsidR="00381402" w:rsidRPr="00D7394A" w:rsidRDefault="00FE3EC6" w:rsidP="001C502C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00381402" w:rsidRPr="00D7394A" w:rsidP="001C502C" w14:paraId="6592E823" w14:textId="1E4E163E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D7394A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>No almacenar a temperaturas superiores a 30 °C (86 °F)</w:t>
       </w:r>
-      <w:r w:rsidR="001C502C" w:rsidRPr="00D7394A">
+      <w:r w:rsidRPr="00D7394A" w:rsidR="001C502C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00381402" w:rsidRPr="00D7394A" w:rsidSect="00C60899">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:sectPr w:rsidSect="00C60899">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="3261" w:right="1701" w:bottom="2268" w:left="1276" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="StarSymbol">
     <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10008000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="7BEDC24A" w14:textId="77777777" w:rsidR="005C33A9" w:rsidRDefault="005C33A9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="00C36534" w:rsidP="00A95F15" w14:paraId="68CA4E59" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-[...9 lines deleted...]
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="0D1F460D">
+      <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="Cuadro de texto 2" o:spid="_x0000_s2050" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-.65pt;margin-top:-58.45pt;width:475.35pt;height:102.25pt;z-index:251668480;visibility:visible;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" filled="f" stroked="f">
-          <v:textbox style="mso-next-textbox:#Cuadro de texto 2">
+        <v:shape id="Cuadro de texto 2" o:spid="_x0000_s2050" type="#_x0000_t202" style="width:475.35pt;height:102.25pt;margin-top:-58.45pt;margin-left:-0.65pt;mso-height-relative:margin;mso-width-relative:margin;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;position:absolute;visibility:visible;v-text-anchor:top;z-index:251658240" filled="f" stroked="f">
+          <v:textbox>
             <w:txbxContent>
               <w:tbl>
                 <w:tblPr>
                   <w:tblW w:w="9192" w:type="dxa"/>
                   <w:jc w:val="center"/>
                   <w:tblBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tblBorders>
                   <w:tblLayout w:type="fixed"/>
-                  <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                  <w:tblLook w:val="04A0"/>
                 </w:tblPr>
                 <w:tblGrid>
                   <w:gridCol w:w="837"/>
                   <w:gridCol w:w="1030"/>
                   <w:gridCol w:w="3649"/>
                   <w:gridCol w:w="2542"/>
                   <w:gridCol w:w="1134"/>
                 </w:tblGrid>
-                <w:tr w:rsidR="00C36534" w:rsidRPr="00710D21" w14:paraId="285C5D3A" w14:textId="77777777" w:rsidTr="005A4DA3">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="285C5D3A" w14:textId="77777777" w:rsidTr="005A4DA3">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9192" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1867" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="20214590" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="00C36534">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="20214590" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00710D21">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Fecha de Creación</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3649" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="3776787C" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="00C36534">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="3776787C" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00710D21">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Elaborado por:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3676" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="56F8F859" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="00C36534">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="56F8F859" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00710D21">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Revisado por:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="00C36534" w:rsidRPr="00710D21" w14:paraId="36C7150D" w14:textId="77777777" w:rsidTr="005A4DA3">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="36C7150D" w14:textId="77777777" w:rsidTr="005A4DA3">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9192" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1867" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="7A714D50" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="00C36534">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="7A714D50" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00710D21">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>2009-09-02</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3649" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="67AFEEB2" w14:textId="64EEC0B3" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="005A4DA3" w:rsidP="002E0C45">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="002E0C45" w14:paraId="67AFEEB2" w14:textId="0B840FAF">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Analista</w:t>
                       </w:r>
                       <w:r w:rsidR="00B046A0">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> de</w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="002E0C45">
+                      <w:r w:rsidR="00267706">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                        <w:t xml:space="preserve"> DM</w:t>
+                        <w:t>Técnico Resinas Acrílicas</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3676" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="63650D96" w14:textId="09FBC67F" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="005A4DA3" w:rsidP="00710D21">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00710D21" w14:paraId="63650D96" w14:textId="09FBC67F">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Coordinador Técnico de DM</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="00C36534" w:rsidRPr="00710D21" w14:paraId="6E9AB574" w14:textId="77777777" w:rsidTr="005A4DA3">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="6E9AB574" w14:textId="77777777" w:rsidTr="005A4DA3">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9192" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="837" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="0E7F5A3C" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="00C36534">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="0E7F5A3C" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00710D21">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Clase</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1030" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="46B5605A" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="00C36534">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="46B5605A" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00710D21">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Página</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3649" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="373E2B25" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="00C36534">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="373E2B25" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00710D21">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Aprobado por:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2542" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="670A0B19" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="00C36534">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="670A0B19" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00710D21">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Fecha de Actualización</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1134" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="0758A410" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="00C36534">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="0758A410" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00710D21">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Versión</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="00C36534" w:rsidRPr="00710D21" w14:paraId="13A2BCAE" w14:textId="77777777" w:rsidTr="005A4DA3">
+                <w:tr w14:paraId="13A2BCAE" w14:textId="77777777" w:rsidTr="005A4DA3">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9192" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:trPr>
                     <w:trHeight w:val="271"/>
-                    <w:jc w:val="center"/>
                   </w:trPr>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="837" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="40301375" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="00C36534">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="40301375" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00710D21">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>E</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1030" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="es-ES"/>
                         </w:rPr>
                         <w:id w:val="-1670482032"/>
                         <w:docPartObj>
                           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
                           <w:docPartUnique/>
                         </w:docPartObj>
                       </w:sdtPr>
-                      <w:sdtEndPr/>
                       <w:sdtContent>
-                        <w:p w14:paraId="0F675423" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="00C36534">
+                        <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="0F675423" w14:textId="77777777">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00710D21">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r w:rsidRPr="00710D21">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
@@ -3390,491 +3337,410 @@
                               <w:noProof/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:t>3</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00710D21">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:sdtContent>
                     </w:sdt>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3649" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="0A137405" w14:textId="4BFF8249" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="005A4DA3" w:rsidP="00C36534">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="0A137405" w14:textId="3AA5E18C">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>Director</w:t>
+                        <w:t>Director Técnic</w:t>
                       </w:r>
-                      <w:r w:rsidR="007A15ED">
+                      <w:r w:rsidR="00267706">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>a</w:t>
-[...15 lines deleted...]
-                        <w:t>a</w:t>
+                        <w:t>o</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> de DM</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2542" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="2756AB3A" w14:textId="5DF03B9E" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="002E0C45" w:rsidP="00C36534">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="2756AB3A" w14:textId="0F232DFE">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00B046A0">
+                      <w:r w:rsidRPr="00FE4FC0">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>2022-0</w:t>
+                        <w:t>2025-</w:t>
                       </w:r>
-                      <w:r w:rsidR="00B046A0" w:rsidRPr="00B046A0">
+                      <w:r w:rsidR="00266C7B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>8-</w:t>
-[...7 lines deleted...]
-                        <w:t>21</w:t>
+                        <w:t>12-19</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1134" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="42F38784" w14:textId="1B9928EC" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="005A4DA3" w:rsidP="00C36534">
+                    <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C36534" w14:paraId="42F38784" w14:textId="4F478B92">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>1</w:t>
                       </w:r>
-                      <w:r w:rsidR="002E0C45">
+                      <w:r w:rsidR="00267706">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>2</w:t>
+                        <w:t>3</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
               </w:tbl>
-              <w:p w14:paraId="652D1E00" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="005A4DA3">
+              <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="005A4DA3" w14:paraId="652D1E00" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00710D21">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>DOCUMENTO DE REFERENCIA:</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> DPDDPR-019</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="0EE4C816" w14:textId="5A082571" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="005A4DA3">
+              <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="005A4DA3" w14:paraId="0EE4C816" w14:textId="2692F26B">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00710D21">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>FECHA DE ACTUALIZACIÓN</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve">: </w:t>
                 </w:r>
-                <w:r w:rsidR="005A4DA3">
+                <w:r w:rsidR="00267706">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>202</w:t>
-[...7 lines deleted...]
-                  <w:t>1-11-12</w:t>
+                  <w:t>2024-01-29</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="79DC9E8C" w14:textId="36E47B3E" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="005A4DA3">
+              <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="005A4DA3" w14:paraId="79DC9E8C" w14:textId="1070487C">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00710D21">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>VERSIÓN:</w:t>
                 </w:r>
                 <w:r w:rsidR="005A4DA3">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> 0</w:t>
                 </w:r>
-                <w:r w:rsidR="002E0C45">
+                <w:r w:rsidR="00267706">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>2</w:t>
+                  <w:t>3</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="39FED217" w14:textId="77777777" w:rsidR="005C33A9" w:rsidRDefault="005C33A9">
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="00C36534" w14:paraId="002A9149" w14:textId="2AB35DA3">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-[...38 lines deleted...]
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E1BF0A9" wp14:editId="3B5F1F7C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-495935</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-31115</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7143062" cy="9430385"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Imagen 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Imagen 1"/>
+                  <pic:cNvPr id="2" name="Imagen 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                      <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7167029" cy="9462027"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7C144A2C" w14:textId="77777777" w:rsidR="00C36534" w:rsidRDefault="0076479C">
+  <w:p w:rsidR="00C36534" w14:paraId="7C144A2C" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
-      <w:pict w14:anchorId="7E6F410B">
+      <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="_x0000_s2049" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-34.2pt;margin-top:61.8pt;width:554.05pt;height:50.55pt;z-index:251664384" filled="f" stroked="f">
-          <v:textbox style="mso-next-textbox:#_x0000_s2049">
+        <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:554.05pt;height:50.55pt;margin-top:61.8pt;margin-left:-34.2pt;position:absolute;z-index:251658240" filled="f" stroked="f">
+          <v:textbox>
             <w:txbxContent>
-              <w:p w14:paraId="421ECC86" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="001566DD">
+              <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="001566DD" w14:paraId="421ECC86" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00710D21">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>FICHA TÉCNICA</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00710D21">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:br/>
                   <w:t>RESINA ACRÍLICA TERMOPOLIMERIZABLE VERACRIL®, OPTI-CRYL®</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="3299098C" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidRDefault="00C36534" w:rsidP="00C53B58">
+              <w:p w:rsidR="00C36534" w:rsidRPr="00710D21" w:rsidP="00C53B58" w14:paraId="3299098C" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="26"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00710D21">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>DPFTPT-025</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="341003AC" w14:textId="77777777" w:rsidR="00C36534" w:rsidRPr="002B1237" w:rsidRDefault="00C36534" w:rsidP="00196949">
+              <w:p w:rsidR="00C36534" w:rsidRPr="002B1237" w:rsidP="00196949" w14:paraId="341003AC" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EAC4F3F4"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="3.%1 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="283"/>
         </w:tabs>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
@@ -4984,1386 +4850,1363 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="647"/>
         </w:tabs>
         <w:ind w:left="647" w:hanging="283"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="699"/>
         </w:tabs>
         <w:ind w:left="699" w:hanging="283"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13CB050D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DF4BFEC"/>
-    <w:lvl w:ilvl="0" w:tplc="EFC859C4">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A9627D1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2018B432"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo1"/>
+      <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Ttulo2"/>
+      <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo3"/>
+      <w:pStyle w:val="Heading3"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo4"/>
+      <w:pStyle w:val="Heading4"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo5"/>
+      <w:pStyle w:val="Heading5"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo6"/>
+      <w:pStyle w:val="Heading6"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo7"/>
+      <w:pStyle w:val="Heading7"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo8"/>
+      <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo9"/>
+      <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C18212E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="413CF3FC"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DD14C22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A58660C"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42284961"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B896CE72"/>
-    <w:lvl w:ilvl="0" w:tplc="240A000B">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A135589"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51745804"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A5C42DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F82DF52"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E941DF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="812260DC"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2302" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3022" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3742" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4462" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AC27435"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EFE5D72"/>
-    <w:lvl w:ilvl="0" w:tplc="EFC859C4">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BC94DC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C5AAA9C"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2220" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4380" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5100" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C201B49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD164E6A"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1229534205">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="218250469">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="77748837">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="169955641">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1873305711">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="286007885">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="66925017">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="530072257">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="982394193">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="605238731">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="199128031">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="129713256">
     <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1144852776">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1041175223">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1210723856">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...12 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...13 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="0004717D"/>
     <w:rsid w:val="00003BDA"/>
     <w:rsid w:val="00021777"/>
     <w:rsid w:val="0002279C"/>
     <w:rsid w:val="00031CFA"/>
     <w:rsid w:val="0004717D"/>
     <w:rsid w:val="00051E55"/>
     <w:rsid w:val="000527D4"/>
     <w:rsid w:val="0005607F"/>
     <w:rsid w:val="00056E41"/>
     <w:rsid w:val="00057577"/>
     <w:rsid w:val="000664C1"/>
     <w:rsid w:val="000704FB"/>
     <w:rsid w:val="00073945"/>
     <w:rsid w:val="000857BE"/>
     <w:rsid w:val="00090843"/>
     <w:rsid w:val="000958CB"/>
     <w:rsid w:val="000A0548"/>
     <w:rsid w:val="000A1F35"/>
     <w:rsid w:val="000A38D1"/>
     <w:rsid w:val="000B4EA2"/>
     <w:rsid w:val="000C7231"/>
     <w:rsid w:val="000D0BD9"/>
     <w:rsid w:val="000E098C"/>
@@ -6391,50 +6234,52 @@
     <w:rsid w:val="00194689"/>
     <w:rsid w:val="00196949"/>
     <w:rsid w:val="001A1F30"/>
     <w:rsid w:val="001B07BF"/>
     <w:rsid w:val="001B7CDA"/>
     <w:rsid w:val="001C1E56"/>
     <w:rsid w:val="001C502C"/>
     <w:rsid w:val="001C5133"/>
     <w:rsid w:val="001C76A1"/>
     <w:rsid w:val="001D43D6"/>
     <w:rsid w:val="001E0152"/>
     <w:rsid w:val="001E1681"/>
     <w:rsid w:val="001F27F8"/>
     <w:rsid w:val="001F355B"/>
     <w:rsid w:val="001F3DA7"/>
     <w:rsid w:val="001F4D83"/>
     <w:rsid w:val="00204FC6"/>
     <w:rsid w:val="002121B3"/>
     <w:rsid w:val="00220450"/>
     <w:rsid w:val="00220482"/>
     <w:rsid w:val="00220B45"/>
     <w:rsid w:val="0022792C"/>
     <w:rsid w:val="00244D40"/>
     <w:rsid w:val="00250C70"/>
     <w:rsid w:val="0026690C"/>
+    <w:rsid w:val="00266C7B"/>
+    <w:rsid w:val="00267706"/>
     <w:rsid w:val="002721B5"/>
     <w:rsid w:val="00281269"/>
     <w:rsid w:val="00287DD4"/>
     <w:rsid w:val="00293FA8"/>
     <w:rsid w:val="00294BB0"/>
     <w:rsid w:val="002A2E81"/>
     <w:rsid w:val="002B1237"/>
     <w:rsid w:val="002B2FD5"/>
     <w:rsid w:val="002C7262"/>
     <w:rsid w:val="002E0C45"/>
     <w:rsid w:val="002E7300"/>
     <w:rsid w:val="002F19D9"/>
     <w:rsid w:val="002F5349"/>
     <w:rsid w:val="00305876"/>
     <w:rsid w:val="00306294"/>
     <w:rsid w:val="00321740"/>
     <w:rsid w:val="00325EB7"/>
     <w:rsid w:val="003300A1"/>
     <w:rsid w:val="00330322"/>
     <w:rsid w:val="00333C06"/>
     <w:rsid w:val="00346A50"/>
     <w:rsid w:val="003519CB"/>
     <w:rsid w:val="00354678"/>
     <w:rsid w:val="00367FD4"/>
     <w:rsid w:val="00371EAE"/>
@@ -6580,63 +6425,65 @@
     <w:rsid w:val="00843F77"/>
     <w:rsid w:val="00845647"/>
     <w:rsid w:val="00846583"/>
     <w:rsid w:val="00847FE0"/>
     <w:rsid w:val="00855230"/>
     <w:rsid w:val="0086032F"/>
     <w:rsid w:val="00865F59"/>
     <w:rsid w:val="00870457"/>
     <w:rsid w:val="008709CC"/>
     <w:rsid w:val="00891A83"/>
     <w:rsid w:val="00893218"/>
     <w:rsid w:val="008961BF"/>
     <w:rsid w:val="008979A7"/>
     <w:rsid w:val="008A3A40"/>
     <w:rsid w:val="008A4F66"/>
     <w:rsid w:val="008A5885"/>
     <w:rsid w:val="008A7014"/>
     <w:rsid w:val="008A740E"/>
     <w:rsid w:val="008B3AAB"/>
     <w:rsid w:val="008B4B43"/>
     <w:rsid w:val="008B7931"/>
     <w:rsid w:val="008B7EE3"/>
     <w:rsid w:val="008D20A4"/>
     <w:rsid w:val="008D24DE"/>
     <w:rsid w:val="008D5311"/>
+    <w:rsid w:val="008E0BB6"/>
     <w:rsid w:val="008E21CE"/>
     <w:rsid w:val="008E46E8"/>
     <w:rsid w:val="008F4DFB"/>
     <w:rsid w:val="008F78DE"/>
     <w:rsid w:val="0090563C"/>
     <w:rsid w:val="00913280"/>
     <w:rsid w:val="00915E21"/>
     <w:rsid w:val="00922C4F"/>
     <w:rsid w:val="00930C34"/>
     <w:rsid w:val="00936DAF"/>
     <w:rsid w:val="00941938"/>
     <w:rsid w:val="009450F3"/>
     <w:rsid w:val="00947459"/>
+    <w:rsid w:val="00951D5A"/>
     <w:rsid w:val="00960628"/>
     <w:rsid w:val="0096215B"/>
     <w:rsid w:val="00982227"/>
     <w:rsid w:val="0098240D"/>
     <w:rsid w:val="00983F7E"/>
     <w:rsid w:val="00985D78"/>
     <w:rsid w:val="00985ED2"/>
     <w:rsid w:val="009871AE"/>
     <w:rsid w:val="00987560"/>
     <w:rsid w:val="009965F6"/>
     <w:rsid w:val="009A1C9A"/>
     <w:rsid w:val="009E2DA0"/>
     <w:rsid w:val="009F12A8"/>
     <w:rsid w:val="009F3107"/>
     <w:rsid w:val="009F3C18"/>
     <w:rsid w:val="009F4730"/>
     <w:rsid w:val="009F5469"/>
     <w:rsid w:val="00A000A5"/>
     <w:rsid w:val="00A04A0D"/>
     <w:rsid w:val="00A07B27"/>
     <w:rsid w:val="00A10ED3"/>
     <w:rsid w:val="00A268D6"/>
     <w:rsid w:val="00A27374"/>
     <w:rsid w:val="00A2741A"/>
     <w:rsid w:val="00A30584"/>
@@ -6648,50 +6495,51 @@
     <w:rsid w:val="00A60B81"/>
     <w:rsid w:val="00A6241A"/>
     <w:rsid w:val="00A73736"/>
     <w:rsid w:val="00A73F59"/>
     <w:rsid w:val="00A75DC3"/>
     <w:rsid w:val="00A820FC"/>
     <w:rsid w:val="00A95A6A"/>
     <w:rsid w:val="00A95F15"/>
     <w:rsid w:val="00AA4419"/>
     <w:rsid w:val="00AA6A66"/>
     <w:rsid w:val="00AB078C"/>
     <w:rsid w:val="00AB07DB"/>
     <w:rsid w:val="00AB18A3"/>
     <w:rsid w:val="00AB59BD"/>
     <w:rsid w:val="00AC574E"/>
     <w:rsid w:val="00AD314B"/>
     <w:rsid w:val="00AD64B3"/>
     <w:rsid w:val="00AE0F06"/>
     <w:rsid w:val="00AF12A7"/>
     <w:rsid w:val="00AF24A8"/>
     <w:rsid w:val="00AF5757"/>
     <w:rsid w:val="00B046A0"/>
     <w:rsid w:val="00B04A54"/>
     <w:rsid w:val="00B11DB9"/>
     <w:rsid w:val="00B137B4"/>
+    <w:rsid w:val="00B26AE7"/>
     <w:rsid w:val="00B30918"/>
     <w:rsid w:val="00B34177"/>
     <w:rsid w:val="00B34D1F"/>
     <w:rsid w:val="00B4100A"/>
     <w:rsid w:val="00B50635"/>
     <w:rsid w:val="00B53042"/>
     <w:rsid w:val="00B55FE8"/>
     <w:rsid w:val="00B56F71"/>
     <w:rsid w:val="00B6503B"/>
     <w:rsid w:val="00B83A6D"/>
     <w:rsid w:val="00B8534E"/>
     <w:rsid w:val="00B87C48"/>
     <w:rsid w:val="00B917F7"/>
     <w:rsid w:val="00B93E73"/>
     <w:rsid w:val="00B95099"/>
     <w:rsid w:val="00BB11C1"/>
     <w:rsid w:val="00BB1537"/>
     <w:rsid w:val="00BB6B86"/>
     <w:rsid w:val="00BC2829"/>
     <w:rsid w:val="00BD4304"/>
     <w:rsid w:val="00BD79DF"/>
     <w:rsid w:val="00BE1101"/>
     <w:rsid w:val="00C11685"/>
     <w:rsid w:val="00C122C9"/>
     <w:rsid w:val="00C17032"/>
@@ -6728,153 +6576,153 @@
     <w:rsid w:val="00CF34BA"/>
     <w:rsid w:val="00D00C5F"/>
     <w:rsid w:val="00D00FC2"/>
     <w:rsid w:val="00D01154"/>
     <w:rsid w:val="00D0263D"/>
     <w:rsid w:val="00D027F2"/>
     <w:rsid w:val="00D42A92"/>
     <w:rsid w:val="00D60D3B"/>
     <w:rsid w:val="00D64028"/>
     <w:rsid w:val="00D66420"/>
     <w:rsid w:val="00D7394A"/>
     <w:rsid w:val="00D7491C"/>
     <w:rsid w:val="00D92D65"/>
     <w:rsid w:val="00D97C4E"/>
     <w:rsid w:val="00DB03F8"/>
     <w:rsid w:val="00DC4C87"/>
     <w:rsid w:val="00DC64B1"/>
     <w:rsid w:val="00DD17C5"/>
     <w:rsid w:val="00DD5767"/>
     <w:rsid w:val="00DD6938"/>
     <w:rsid w:val="00DE1671"/>
     <w:rsid w:val="00DE1B1C"/>
     <w:rsid w:val="00DE7A52"/>
     <w:rsid w:val="00E061DB"/>
     <w:rsid w:val="00E07956"/>
+    <w:rsid w:val="00E163D4"/>
     <w:rsid w:val="00E16FF2"/>
     <w:rsid w:val="00E35835"/>
     <w:rsid w:val="00E363C7"/>
     <w:rsid w:val="00E4064B"/>
     <w:rsid w:val="00E6244D"/>
     <w:rsid w:val="00E8282D"/>
     <w:rsid w:val="00EA06BA"/>
     <w:rsid w:val="00EA2496"/>
     <w:rsid w:val="00EB12F0"/>
     <w:rsid w:val="00EB14D6"/>
     <w:rsid w:val="00EC46EC"/>
     <w:rsid w:val="00ED3012"/>
     <w:rsid w:val="00ED47BA"/>
     <w:rsid w:val="00EE203A"/>
     <w:rsid w:val="00EE259A"/>
     <w:rsid w:val="00EE3D83"/>
     <w:rsid w:val="00EE5322"/>
     <w:rsid w:val="00EF4B2A"/>
     <w:rsid w:val="00F06427"/>
     <w:rsid w:val="00F16B54"/>
     <w:rsid w:val="00F2059A"/>
     <w:rsid w:val="00F2282F"/>
     <w:rsid w:val="00F239C1"/>
     <w:rsid w:val="00F36481"/>
     <w:rsid w:val="00F36DA2"/>
     <w:rsid w:val="00F40AFA"/>
     <w:rsid w:val="00F46414"/>
+    <w:rsid w:val="00F505FC"/>
     <w:rsid w:val="00F556D0"/>
     <w:rsid w:val="00F5655C"/>
     <w:rsid w:val="00F5682D"/>
     <w:rsid w:val="00F66E9F"/>
     <w:rsid w:val="00F752CE"/>
     <w:rsid w:val="00F7741A"/>
     <w:rsid w:val="00F77DE5"/>
     <w:rsid w:val="00F82E74"/>
     <w:rsid w:val="00F93ADA"/>
     <w:rsid w:val="00F9609C"/>
     <w:rsid w:val="00F96B81"/>
     <w:rsid w:val="00F96D6F"/>
     <w:rsid w:val="00FA0F54"/>
     <w:rsid w:val="00FA14D2"/>
     <w:rsid w:val="00FA66AB"/>
     <w:rsid w:val="00FB1FAC"/>
     <w:rsid w:val="00FB4044"/>
     <w:rsid w:val="00FB499C"/>
     <w:rsid w:val="00FB74B2"/>
     <w:rsid w:val="00FC2451"/>
     <w:rsid w:val="00FC61B5"/>
     <w:rsid w:val="00FC671A"/>
     <w:rsid w:val="00FE32F9"/>
     <w:rsid w:val="00FE3EC6"/>
+    <w:rsid w:val="00FE4FC0"/>
     <w:rsid w:val="00FE58E7"/>
     <w:rsid w:val="00FE77C1"/>
     <w:rsid w:val="00FF18CA"/>
     <w:rsid w:val="00FF3E9F"/>
     <w:rsid w:val="00FF638D"/>
   </w:rsids>
+  <w:docVars>
+    <w:docVar w:name="APPROVER" w:val="Daniel Osorio Amariles"/>
+    <w:docVar w:name="CONSENT" w:val="Gabriel Jaime Gomez Mejia"/>
+    <w:docVar w:name="DATECR" w:val="2025/08/28"/>
+    <w:docVar w:name="DATEREV" w:val="2025/12/19"/>
+    <w:docVar w:name="DOC" w:val="DPFTPT-025"/>
+    <w:docVar w:name="ELABFUNCTION" w:val="JEFE DEPARTAMENTO DISEÑO Y DESARROLLO"/>
+    <w:docVar w:name="ELABORATOR" w:val="Elizabeth Rojas Zapata; Cesar Eduardo Cardona Quintero"/>
+    <w:docVar w:name="ELABUSERFUNCTION" w:val="Rosaura Carmona - JEFE DEPARTAMENTO DISEÑO Y DESARROLLO"/>
+    <w:docVar w:name="IDLOGINCURRENT" w:val="RCarmona"/>
+    <w:docVar w:name="NMUSERCURRENT" w:val="Rosaura Carmona"/>
+    <w:docVar w:name="NRCOPY" w:val="1"/>
+    <w:docVar w:name="REV" w:val="13"/>
+    <w:docVar w:name="TITLE" w:val="FICHA TÉCNICA RESINA ACRÍLICA TERMOPOLIMERIZABLE"/>
+  </w:docVars>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
-    <m:brkBin m:val="before"/>
-[...8 lines deleted...]
-    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...6 lines deleted...]
-  <w:listSeparator w:val=","/>
   <w14:docId w14:val="295C9CCC"/>
   <w15:docId w15:val="{35B0CCDC-0A27-401E-A4C2-E0FB8FD92D7F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7202,1100 +7050,790 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00281269"/>
     <w:rPr>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo5Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="243F60"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo6Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="243F60"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo7Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo8Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textodeglobo">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004717D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Textodeglobo"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0004717D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Encabezado">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004717D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Encabezado"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0004717D"/>
     <w:rPr>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Piedepgina">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004717D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Piedepgina"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0004717D"/>
     <w:rPr>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BB1537"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
     <w:name w:val="Título 5 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo5"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="243F60"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Car">
     <w:name w:val="Título 6 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo6"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="243F60"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
     <w:name w:val="Título 7 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo7"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
     <w:name w:val="Título 8 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo8"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
     <w:name w:val="Título 9 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo9"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contenidodelatabla">
     <w:name w:val="Contenido de la tabla"/>
-    <w:basedOn w:val="Textoindependiente"/>
+    <w:basedOn w:val="BodyText"/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:jc w:val="left"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextoindependienteCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
     <w:name w:val="Texto independiente Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Textoindependiente"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipervnculo">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="008E46E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="default"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000099"/>
       <w:sz w:val="17"/>
       <w:szCs w:val="17"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="008E46E8"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="contenido-del-marco">
     <w:name w:val="contenido-del-marco"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00FF638D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FF638D"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001B7CDA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sinespaciado">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00846583"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver1">
     <w:name w:val="Mención sin resolver1"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005C2906"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refdecomentario">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005307F3"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textocomentario">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextocomentarioCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005307F3"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
     <w:name w:val="Texto comentario Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Textocomentario"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005307F3"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Textocomentario"/>
-    <w:next w:val="Textocomentario"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
     <w:link w:val="AsuntodelcomentarioCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005307F3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
-    <w:link w:val="Asuntodelcomentario"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005307F3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...312 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8537,67 +8075,82 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010069E72D42E707D34BA32803624ED7F58D" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="164e680a8d5cd336e537f1817d409570">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e4aee1f27b22707e69f478da740fef3d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -8667,140 +8220,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{350FC5AA-91D5-4F6E-98B3-F30C642BC642}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A423D15-5895-43D2-91D4-3136D3A5CE6A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{181D7F8D-F5DA-4770-98CA-900D84327CA3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0ADC90C-74A9-4FDB-B209-CE9D6C4313B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
+  <Pages>4</Pages>
   <Words>955</Words>
   <Characters>5255</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>43</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>New  Stetic S.A.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>6198</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Rosaura Carmona</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010069E72D42E707D34BA32803624ED7F58D</vt:lpwstr>
   </property>
 </Properties>
 </file>