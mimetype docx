--- v0 (2025-10-23)
+++ v1 (2025-12-31)
@@ -1,577 +1,577 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <!-- Generated by Aspose.Words for .NET 25.11.0 -->
   <w:body>
-    <w:p w14:paraId="548CE747" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00467F17" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="548CE747" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37D033FC" wp14:editId="49672C41">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>765810</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>9012555</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6134735" cy="1064895"/>
                 <wp:effectExtent l="3810" t="1905" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Cuadro de texto 3"/>
-                <wp:cNvGraphicFramePr>
-[...1 lines deleted...]
-                </wp:cNvGraphicFramePr>
+                <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-                    <wps:wsp>
+                    <wps:wsp xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6134735" cy="1064895"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
-                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
-                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="59B5E592" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:tbl>
                             <w:tblPr>
                               <w:tblW w:w="9181" w:type="dxa"/>
                               <w:jc w:val="center"/>
                               <w:tblBorders>
                                 <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                 <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                 <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                               </w:tblBorders>
                               <w:tblLayout w:type="fixed"/>
-                              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                              <w:tblLook w:val="04A0"/>
                             </w:tblPr>
                             <w:tblGrid>
                               <w:gridCol w:w="816"/>
                               <w:gridCol w:w="1277"/>
                               <w:gridCol w:w="3545"/>
                               <w:gridCol w:w="2472"/>
                               <w:gridCol w:w="1071"/>
                             </w:tblGrid>
-                            <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="2A75C783" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                              </w:trPr>
+                            <w:tr w14:paraId="2A75C784" w14:textId="77777777" w:rsidTr="009431B1">
+                              <w:tblPrEx>
+                                <w:tblW w:w="9181" w:type="dxa"/>
+                                <w:tblLayout w:type="fixed"/>
+                                <w:tblLook w:val="04A0"/>
+                              </w:tblPrEx>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="2093" w:type="dxa"/>
                                   <w:gridSpan w:val="2"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="3234EF07" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Creation date</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="3545" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="33C2A2FB" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Elaborated by:</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="3543" w:type="dxa"/>
                                   <w:gridSpan w:val="2"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="4CF33CF1" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Revised by:</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="172454A3" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                              </w:trPr>
+                            <w:tr w14:paraId="172454A4" w14:textId="77777777" w:rsidTr="009431B1">
+                              <w:tblPrEx>
+                                <w:tblW w:w="9181" w:type="dxa"/>
+                                <w:tblLayout w:type="fixed"/>
+                                <w:tblLook w:val="04A0"/>
+                              </w:tblPrEx>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="2093" w:type="dxa"/>
                                   <w:gridSpan w:val="2"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="0373BDE4" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>2012-02-17</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="3545" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="0A488A61" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Quien lo escribió-cargo</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="3543" w:type="dxa"/>
                                   <w:gridSpan w:val="2"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="1BF167B5" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">Líder del proceso-cargo </w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="7AD09131" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                              </w:trPr>
+                            <w:tr w14:paraId="7AD09132" w14:textId="77777777" w:rsidTr="009431B1">
+                              <w:tblPrEx>
+                                <w:tblW w:w="9181" w:type="dxa"/>
+                                <w:tblLayout w:type="fixed"/>
+                                <w:tblLook w:val="04A0"/>
+                              </w:tblPrEx>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="816" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="67CFA86F" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Class</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="1277" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="247DA582" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Page</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="3545" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="03433762" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Approved by:</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="2472" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="44B06532" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Update:</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="1071" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="3E270AA7" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Version</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="42E833F4" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                              </w:trPr>
+                            <w:tr w14:paraId="42E833F5" w14:textId="77777777" w:rsidTr="009431B1">
+                              <w:tblPrEx>
+                                <w:tblW w:w="9181" w:type="dxa"/>
+                                <w:tblLayout w:type="fixed"/>
+                                <w:tblLook w:val="04A0"/>
+                              </w:tblPrEx>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="816" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="2E5EED8D" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>E</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="1277" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
                                 <w:sdt>
                                   <w:sdtPr>
                                     <w:rPr>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                       <w:lang w:val="es-ES"/>
                                     </w:rPr>
                                     <w:id w:val="811449117"/>
                                     <w:docPartObj>
                                       <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
                                       <w:docPartUnique/>
                                     </w:docPartObj>
                                   </w:sdtPr>
-                                  <w:sdtEndPr/>
                                   <w:sdtContent>
-                                    <w:p w14:paraId="0ACC11AB" w14:textId="67C826DA" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                    <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="76287E35">
                                       <w:pPr>
                                         <w:jc w:val="center"/>
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                       </w:pPr>
                                       <w:r w:rsidRPr="00F62430">
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:fldChar w:fldCharType="begin"/>
                                       </w:r>
                                       <w:r w:rsidRPr="00F62430">
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:instrText xml:space="preserve"> PAGE </w:instrText>
                                       </w:r>
                                       <w:r w:rsidRPr="00F62430">
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:fldChar w:fldCharType="separate"/>
                                       </w:r>
-                                      <w:r w:rsidR="00963D11">
+                                      <w:r w:rsidR="00C2495B">
                                         <w:rPr>
                                           <w:noProof/>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:t>1</w:t>
                                       </w:r>
                                       <w:r w:rsidRPr="00F62430">
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:fldChar w:fldCharType="end"/>
                                       </w:r>
                                       <w:r w:rsidRPr="00F62430">
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:t xml:space="preserve"> Of </w:t>
                                       </w:r>
                                       <w:r w:rsidRPr="00F62430">
@@ -601,651 +601,656 @@
                                       <w:r>
                                         <w:rPr>
                                           <w:noProof/>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                         </w:rPr>
                                         <w:t>6</w:t>
                                       </w:r>
                                       <w:r w:rsidRPr="00F62430">
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:fldChar w:fldCharType="end"/>
                                       </w:r>
                                     </w:p>
                                   </w:sdtContent>
                                 </w:sdt>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="3545" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="51CE7F9F" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">Líder del proceso-cargo </w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="2472" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="7A02E0EF" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Año-mes-día</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="1071" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="5B7C196C" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Número</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
                           </w:tbl>
-                          <w:p w14:paraId="611DEACF" w14:textId="77777777" w:rsidR="00467F17" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                          <w:p w:rsidR="00467F17" w:rsidP="00F62430" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>REFERENCE DOCUMENT: DPDDPR-019</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="53C5F8DD" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> UPDATE: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6CE9252D" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  VERSION: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="474428F5" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
-[...1 lines deleted...]
-                      </wps:bodyPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="37D033FC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Cuadro de texto 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:60.3pt;margin-top:709.65pt;width:483.05pt;height:83.85pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMwXiVvAIAAMEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8HydwokTgKoZGpDmCZ1&#10;L1K3H+BgE6yBzWwnpJv233c2SZq2mjRt4wOyfefn7rl7fNdvDl2L9lwboWSO46sIIy4rxYTc5vjL&#10;5zJIMDKWSkZbJXmOH7jBb5avX10PfcYnqlEt4xoBiDTZ0Oe4sbbPwtBUDe+ouVI9l2Csle6oha3e&#10;hkzTAdC7NpxE0TwclGa9VhU3Bk6L0YiXHr+ueWU/1rXhFrU5htys/2v/37h/uLym2VbTvhHVMQ36&#10;F1l0VEgIeoYqqKVop8ULqE5UWhlV26tKdaGqa1FxzwHYxNEzNvcN7bnnAsUx/blM5v/BVh/2nzQS&#10;LMdTjCTtoEWrHWVaIcaR5Qer0NQVaehNBr73PXjbw606QLM9YdPfqeqrQVKtGiq3/EZrNTScMkgy&#10;djfDi6sjjnEgm+G9YhCN7qzyQIdad66CUBME6NCsh3ODIA9UweE8npLFdIZRBbY4mpMknfkYNDtd&#10;77Wxb7nqkFvkWIMCPDzd3xnr0qHZycVFk6oUbetV0MonB+A4nkBwuOpsLg3f1B9plK6TdUICMpmv&#10;AxIVRXBTrkgwL+PFrJgWq1UR/3RxY5I1gjEuXZiTwGLyZw08Sn2UxlliRrWCOTiXktHbzarVaE9B&#10;4KX/jgW5cAufpuGLAFyeUYonJLqdpEE5TxYBKcksSBdREkRxepvOI5KSonxK6U5I/u+U0JDjdDaZ&#10;jWr6LbfIfy+50awTFkZIK7ocJ2cnmjkNriXzrbVUtOP6ohQu/cdSQLtPjfaKdSId5WoPmwOgOBlv&#10;FHsA7WoFygKBwtyDRaP0d4wGmCE5Nt92VHOM2ncS9J/GhLih4zdktpjARl9aNpcWKiuAyrHFaFyu&#10;7Diodr0W2wYijS9Oqht4M7Xwan7M6vjSYE54UseZ5gbR5d57PU7e5S8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQB0bRku4AAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4UbuvNA1x&#10;qqqIK4jykLi58TaJGq+j2G3Cv2d7gtuM9tPsTL4ZXSsu2IfGk4bpRIFAKr1tqNLw8f78kIII0ZA1&#10;rSfU8IMBNsXtTW4y6wd6w8s+VoJDKGRGQx1jl0kZyhqdCRPfIfHt6HtnItu+krY3A4e7Vs6USqQz&#10;DfGH2nS4q7E87c9Ow+fL8ftroV6rJ7fsBj8qSW4ttb6/G7ePICKO8Q+Ga32uDgV3Ovgz2SBa9jOV&#10;MMpiMV3PQVwRlSYrEAdWy3SlQBa5/D+j+AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBM&#10;wXiVvAIAAMEFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQB0bRku4AAAAA4BAAAPAAAAAAAAAAAAAAAAABYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAIwYAAAAA&#10;" filled="f" stroked="f">
+              <v:shape id="Cuadro de texto 3" o:spid="_x0000_s1025" type="#_x0000_t202" style="width:483.05pt;height:83.85pt;margin-top:709.65pt;margin-left:60.3pt;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;visibility:visible;v-text-anchor:top;z-index:251661312" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="59B5E592" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                    <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:paraId="59B5E592" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F62430">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:tbl>
                       <w:tblPr>
                         <w:tblW w:w="9181" w:type="dxa"/>
                         <w:jc w:val="center"/>
                         <w:tblBorders>
                           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                         </w:tblBorders>
                         <w:tblLayout w:type="fixed"/>
-                        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                        <w:tblLook w:val="04A0"/>
                       </w:tblPr>
                       <w:tblGrid>
                         <w:gridCol w:w="816"/>
                         <w:gridCol w:w="1277"/>
                         <w:gridCol w:w="3545"/>
                         <w:gridCol w:w="2472"/>
                         <w:gridCol w:w="1071"/>
                       </w:tblGrid>
-                      <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="2A75C783" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                        </w:trPr>
+                      <w:tr w14:paraId="2A75C783" w14:textId="77777777" w:rsidTr="009431B1">
+                        <w:tblPrEx>
+                          <w:tblW w:w="9181" w:type="dxa"/>
+                          <w:tblLayout w:type="fixed"/>
+                          <w:tblLook w:val="04A0"/>
+                        </w:tblPrEx>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="2093" w:type="dxa"/>
                             <w:gridSpan w:val="2"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="3234EF07" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="3234EF07" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Creation date</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="3545" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="33C2A2FB" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="33C2A2FB" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Elaborated by:</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="3543" w:type="dxa"/>
                             <w:gridSpan w:val="2"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="4CF33CF1" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="4CF33CF1" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Revised by:</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="172454A3" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                        </w:trPr>
+                      <w:tr w14:paraId="172454A3" w14:textId="77777777" w:rsidTr="009431B1">
+                        <w:tblPrEx>
+                          <w:tblW w:w="9181" w:type="dxa"/>
+                          <w:tblLayout w:type="fixed"/>
+                          <w:tblLook w:val="04A0"/>
+                        </w:tblPrEx>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="2093" w:type="dxa"/>
                             <w:gridSpan w:val="2"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="0373BDE4" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="0373BDE4" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2012-02-17</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="3545" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="0A488A61" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="0A488A61" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Quien lo escribió-cargo</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="3543" w:type="dxa"/>
                             <w:gridSpan w:val="2"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="1BF167B5" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="1BF167B5" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Líder del proceso-cargo </w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="7AD09131" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                        </w:trPr>
+                      <w:tr w14:paraId="7AD09131" w14:textId="77777777" w:rsidTr="009431B1">
+                        <w:tblPrEx>
+                          <w:tblW w:w="9181" w:type="dxa"/>
+                          <w:tblLayout w:type="fixed"/>
+                          <w:tblLook w:val="04A0"/>
+                        </w:tblPrEx>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="816" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="67CFA86F" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="67CFA86F" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Class</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1277" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="247DA582" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="247DA582" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Page</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="3545" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="03433762" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="03433762" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Approved by:</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="2472" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="44B06532" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="44B06532" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Update:</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1071" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="3E270AA7" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="3E270AA7" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Version</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="42E833F4" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                        </w:trPr>
+                      <w:tr w14:paraId="42E833F4" w14:textId="77777777" w:rsidTr="009431B1">
+                        <w:tblPrEx>
+                          <w:tblW w:w="9181" w:type="dxa"/>
+                          <w:tblLayout w:type="fixed"/>
+                          <w:tblLook w:val="04A0"/>
+                        </w:tblPrEx>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="816" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="2E5EED8D" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="2E5EED8D" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>E</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1277" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
                           <w:sdt>
                             <w:sdtPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
-                              <w:id w:val="811449117"/>
+                              <w:id w:val="728578457"/>
                               <w:docPartObj>
                                 <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
                                 <w:docPartUnique/>
                               </w:docPartObj>
                             </w:sdtPr>
-                            <w:sdtEndPr/>
                             <w:sdtContent>
-                              <w:p w14:paraId="0ACC11AB" w14:textId="67C826DA" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                              <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="0ACC11AB" w14:textId="76287E35">
                                 <w:pPr>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00F62430">
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:fldChar w:fldCharType="begin"/>
                                 </w:r>
                                 <w:r w:rsidRPr="00F62430">
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:instrText xml:space="preserve"> PAGE </w:instrText>
                                 </w:r>
                                 <w:r w:rsidRPr="00F62430">
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:fldChar w:fldCharType="separate"/>
                                 </w:r>
-                                <w:r w:rsidR="00963D11">
+                                <w:r w:rsidR="00C2495B">
                                   <w:rPr>
                                     <w:noProof/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:t>1</w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00F62430">
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:fldChar w:fldCharType="end"/>
                                 </w:r>
                                 <w:r w:rsidRPr="00F62430">
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> Of </w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00F62430">
@@ -1275,697 +1280,702 @@
                                 <w:r>
                                   <w:rPr>
                                     <w:noProof/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>6</w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00F62430">
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:fldChar w:fldCharType="end"/>
                                 </w:r>
                               </w:p>
                             </w:sdtContent>
                           </w:sdt>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="3545" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="51CE7F9F" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="51CE7F9F" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Líder del proceso-cargo </w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="2472" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="7A02E0EF" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="7A02E0EF" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Año-mes-día</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1071" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="5B7C196C" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="5B7C196C" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Número</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
                     </w:tbl>
-                    <w:p w14:paraId="611DEACF" w14:textId="77777777" w:rsidR="00467F17" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                    <w:p w:rsidR="00467F17" w:rsidP="00F62430" w14:paraId="611DEACF" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00F62430">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>REFERENCE DOCUMENT: DPDDPR-019</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="53C5F8DD" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                    <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:paraId="53C5F8DD" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> UPDATE: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6CE9252D" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                    <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:paraId="6CE9252D" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  VERSION: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="474428F5" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                    <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:paraId="474428F5" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16198E0F" wp14:editId="6D6BA41F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>765810</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>9012555</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6134735" cy="1064895"/>
                 <wp:effectExtent l="3810" t="1905" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Cuadro de texto 1"/>
-                <wp:cNvGraphicFramePr>
-[...1 lines deleted...]
-                </wp:cNvGraphicFramePr>
+                <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-                    <wps:wsp>
+                    <wps:wsp xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6134735" cy="1064895"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
-                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
-                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="747A7512" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:tbl>
                             <w:tblPr>
                               <w:tblW w:w="9181" w:type="dxa"/>
                               <w:jc w:val="center"/>
                               <w:tblBorders>
                                 <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                 <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                 <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                               </w:tblBorders>
                               <w:tblLayout w:type="fixed"/>
-                              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                              <w:tblLook w:val="04A0"/>
                             </w:tblPr>
                             <w:tblGrid>
                               <w:gridCol w:w="816"/>
                               <w:gridCol w:w="1277"/>
                               <w:gridCol w:w="3545"/>
                               <w:gridCol w:w="2472"/>
                               <w:gridCol w:w="1071"/>
                             </w:tblGrid>
-                            <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="7FE9DC37" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                              </w:trPr>
+                            <w:tr w14:paraId="7FE9DC38" w14:textId="77777777" w:rsidTr="009431B1">
+                              <w:tblPrEx>
+                                <w:tblW w:w="9181" w:type="dxa"/>
+                                <w:tblLayout w:type="fixed"/>
+                                <w:tblLook w:val="04A0"/>
+                              </w:tblPrEx>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="2093" w:type="dxa"/>
                                   <w:gridSpan w:val="2"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="18EA2967" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Creation date</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="3545" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="6A43239D" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Elaborated by:</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="3543" w:type="dxa"/>
                                   <w:gridSpan w:val="2"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="2CBA3E04" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Revised by:</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="594C6A8A" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                              </w:trPr>
+                            <w:tr w14:paraId="594C6A8B" w14:textId="77777777" w:rsidTr="009431B1">
+                              <w:tblPrEx>
+                                <w:tblW w:w="9181" w:type="dxa"/>
+                                <w:tblLayout w:type="fixed"/>
+                                <w:tblLook w:val="04A0"/>
+                              </w:tblPrEx>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="2093" w:type="dxa"/>
                                   <w:gridSpan w:val="2"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="49B23619" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>2012-02-17</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="3545" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="54D22A55" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Quien lo escribió-cargo</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="3543" w:type="dxa"/>
                                   <w:gridSpan w:val="2"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="1DAEE323" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">Líder del proceso-cargo </w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="53ABAC50" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                              </w:trPr>
+                            <w:tr w14:paraId="53ABAC51" w14:textId="77777777" w:rsidTr="009431B1">
+                              <w:tblPrEx>
+                                <w:tblW w:w="9181" w:type="dxa"/>
+                                <w:tblLayout w:type="fixed"/>
+                                <w:tblLook w:val="04A0"/>
+                              </w:tblPrEx>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="816" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="63A00C25" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Class</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="1277" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="0DFEC362" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Page</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="3545" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="019A3536" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Approved by:</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="2472" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="13F80B59" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Update:</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="1071" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="2DD807B0" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Version</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
-                            <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="402F11F8" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                              </w:trPr>
+                            <w:tr w14:paraId="402F11F9" w14:textId="77777777" w:rsidTr="009431B1">
+                              <w:tblPrEx>
+                                <w:tblW w:w="9181" w:type="dxa"/>
+                                <w:tblLayout w:type="fixed"/>
+                                <w:tblLook w:val="04A0"/>
+                              </w:tblPrEx>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="816" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="7BFE5230" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>E</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="1277" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
                                 <w:sdt>
                                   <w:sdtPr>
                                     <w:rPr>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                       <w:lang w:val="es-ES"/>
                                     </w:rPr>
                                     <w:id w:val="-1640105293"/>
                                     <w:docPartObj>
                                       <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
                                       <w:docPartUnique/>
                                     </w:docPartObj>
                                   </w:sdtPr>
-                                  <w:sdtEndPr/>
                                   <w:sdtContent>
-                                    <w:p w14:paraId="66A3EAC7" w14:textId="046AE30F" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                    <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="75BA8416">
                                       <w:pPr>
                                         <w:jc w:val="center"/>
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                       </w:pPr>
                                       <w:r w:rsidRPr="00F62430">
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:fldChar w:fldCharType="begin"/>
                                       </w:r>
                                       <w:r w:rsidRPr="00F62430">
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:instrText xml:space="preserve"> PAGE </w:instrText>
                                       </w:r>
                                       <w:r w:rsidRPr="00F62430">
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:fldChar w:fldCharType="separate"/>
                                       </w:r>
-                                      <w:r w:rsidR="00963D11">
+                                      <w:r w:rsidR="00C2495B">
                                         <w:rPr>
                                           <w:noProof/>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:t>1</w:t>
                                       </w:r>
                                       <w:r w:rsidRPr="00F62430">
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:fldChar w:fldCharType="end"/>
                                       </w:r>
                                       <w:r w:rsidRPr="00F62430">
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:t xml:space="preserve"> Of </w:t>
                                       </w:r>
                                       <w:r w:rsidRPr="00F62430">
@@ -1995,647 +2005,652 @@
                                       <w:r>
                                         <w:rPr>
                                           <w:noProof/>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                         </w:rPr>
                                         <w:t>6</w:t>
                                       </w:r>
                                       <w:r w:rsidRPr="00F62430">
                                         <w:rPr>
                                           <w:sz w:val="18"/>
                                           <w:szCs w:val="18"/>
                                           <w:lang w:val="es-ES"/>
                                         </w:rPr>
                                         <w:fldChar w:fldCharType="end"/>
                                       </w:r>
                                     </w:p>
                                   </w:sdtContent>
                                 </w:sdt>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="3545" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="3972D180" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">Líder del proceso-cargo </w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="2472" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="04DBE2FC" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Año-mes-día</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="1071" w:type="dxa"/>
                                   <w:vAlign w:val="center"/>
                                 </w:tcPr>
-                                <w:p w14:paraId="029F9BF7" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                                <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:textId="77777777">
                                   <w:pPr>
-                                    <w:pStyle w:val="Piedepgina"/>
+                                    <w:pStyle w:val="Footer"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00F62430">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>Número</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
                           </w:tbl>
-                          <w:p w14:paraId="68D13C9F" w14:textId="77777777" w:rsidR="00467F17" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                          <w:p w:rsidR="00467F17" w:rsidP="00F62430" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>REFERENCE DOCUMENT: DPDDPR-019</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3E0F9553" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> UPDATE: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="76E06AC3" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  VERSION: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1A6CC456" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
-[...1 lines deleted...]
-                      </wps:bodyPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="16198E0F" id="Cuadro de texto 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:60.3pt;margin-top:709.65pt;width:483.05pt;height:83.85pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHPaSdvQIAAMgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8HydwqkTgKopGpDmCZ1&#10;L1K3H+BgE6yBzWwnpKv233c2SZq2mjRt4wOyfefn7rl7fFfX+65FO66NUDLH8UWEEZeVYkJucvz1&#10;SxkkGBlLJaOtkjzHD9zg68XbN1dDn/GJalTLuEYAIk029DlurO2zMDRVwztqLlTPJRhrpTtqYas3&#10;IdN0APSuDSdRNAsHpVmvVcWNgdNiNOKFx69rXtlPdW24RW2OITfr/9r/1+4fLq5ottG0b0R1SIP+&#10;RRYdFRKCnqAKainaavEKqhOVVkbV9qJSXajqWlTccwA2cfSCzX1De+65QHFMfyqT+X+w1cfdZ40E&#10;g95hJGkHLVpuKdMKMY4s31uFYlekoTcZ+N734G33t2rvLjjCpr9T1TeDpFo2VG74jdZqaDhlkKS/&#10;GZ5dHXGMA1kPHxSDaHRrlQfa17pzgFATBOjQrIdTgyAPVMHhLL4k88spRhXY4mhGknTqsgtpdrze&#10;a2PfcdUht8ixBgV4eLq7M3Z0Pbq4aFKVom29Clr57AAwxxMIDledzaXhm/qYRukqWSUkIJPZKiBR&#10;UQQ35ZIEszKeT4vLYrks4p8ubkyyRjDGpQtzFFhM/qyBB6mP0jhJzKhWMAfnUjJ6s162Gu0oCLz0&#10;36EgZ27h8zR8vYDLC0rxhES3kzQoZ8k8ICWZBuk8SoIoTm/TWURSUpTPKd0Jyf+dEhpynE4n01FN&#10;v+UW+e81N5p1wsIIaUWX4+TkRDOnwZVkvrWWinZcn5XCpf9UCmj3sdFesU6ko1ztfr0/vBAAc2pe&#10;K/YAEtYKBAY6hfEHi0bpHxgNMEpybL5vqeYYte8lPIM0JsTNHr8h0/kENvrcsj63UFkBVI4tRuNy&#10;acd5te212DQQaXx4Ut3A06mFF/VTVsDIbWBceG6H0ebm0fneez0N4MUvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAdG0ZLuAAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/DMBCE70j8B2uRuFG7rzQN&#10;caqqiCuI8pC4ufE2iRqvo9htwr9ne4LbjPbT7Ey+GV0rLtiHxpOG6USBQCq9bajS8PH+/JCCCNGQ&#10;Na0n1PCDATbF7U1uMusHesPLPlaCQyhkRkMdY5dJGcoanQkT3yHx7eh7ZyLbvpK2NwOHu1bOlEqk&#10;Mw3xh9p0uKuxPO3PTsPny/H7a6Feqye37AY/KkluLbW+vxu3jyAijvEPhmt9rg4Fdzr4M9kgWvYz&#10;lTDKYjFdz0FcEZUmKxAHVst0pUAWufw/o/gFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;hz2knb0CAADIBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAdG0ZLuAAAAAOAQAADwAAAAAAAAAAAAAAAAAXBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAACQGAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape id="Cuadro de texto 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:483.05pt;height:83.85pt;margin-top:709.65pt;margin-left:60.3pt;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;visibility:visible;v-text-anchor:top;z-index:251659264" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="747A7512" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                    <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:paraId="747A7512" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F62430">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:tbl>
                       <w:tblPr>
                         <w:tblW w:w="9181" w:type="dxa"/>
                         <w:jc w:val="center"/>
                         <w:tblBorders>
                           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                         </w:tblBorders>
                         <w:tblLayout w:type="fixed"/>
-                        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                        <w:tblLook w:val="04A0"/>
                       </w:tblPr>
                       <w:tblGrid>
                         <w:gridCol w:w="816"/>
                         <w:gridCol w:w="1277"/>
                         <w:gridCol w:w="3545"/>
                         <w:gridCol w:w="2472"/>
                         <w:gridCol w:w="1071"/>
                       </w:tblGrid>
-                      <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="7FE9DC37" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                        </w:trPr>
+                      <w:tr w14:paraId="7FE9DC37" w14:textId="77777777" w:rsidTr="009431B1">
+                        <w:tblPrEx>
+                          <w:tblW w:w="9181" w:type="dxa"/>
+                          <w:tblLayout w:type="fixed"/>
+                          <w:tblLook w:val="04A0"/>
+                        </w:tblPrEx>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="2093" w:type="dxa"/>
                             <w:gridSpan w:val="2"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="18EA2967" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="18EA2967" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Creation date</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="3545" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="6A43239D" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="6A43239D" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Elaborated by:</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="3543" w:type="dxa"/>
                             <w:gridSpan w:val="2"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="2CBA3E04" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="2CBA3E04" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Revised by:</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="594C6A8A" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                        </w:trPr>
+                      <w:tr w14:paraId="594C6A8A" w14:textId="77777777" w:rsidTr="009431B1">
+                        <w:tblPrEx>
+                          <w:tblW w:w="9181" w:type="dxa"/>
+                          <w:tblLayout w:type="fixed"/>
+                          <w:tblLook w:val="04A0"/>
+                        </w:tblPrEx>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="2093" w:type="dxa"/>
                             <w:gridSpan w:val="2"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="49B23619" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="49B23619" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>2012-02-17</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="3545" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="54D22A55" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="54D22A55" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Quien lo escribió-cargo</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="3543" w:type="dxa"/>
                             <w:gridSpan w:val="2"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="1DAEE323" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="1DAEE323" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Líder del proceso-cargo </w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="53ABAC50" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                        </w:trPr>
+                      <w:tr w14:paraId="53ABAC50" w14:textId="77777777" w:rsidTr="009431B1">
+                        <w:tblPrEx>
+                          <w:tblW w:w="9181" w:type="dxa"/>
+                          <w:tblLayout w:type="fixed"/>
+                          <w:tblLook w:val="04A0"/>
+                        </w:tblPrEx>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="816" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="63A00C25" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="63A00C25" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Class</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1277" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="0DFEC362" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="0DFEC362" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Page</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="3545" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="019A3536" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="019A3536" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Approved by:</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="2472" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="13F80B59" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="13F80B59" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Update:</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1071" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="2DD807B0" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="2DD807B0" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Version</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
-                      <w:tr w:rsidR="00467F17" w:rsidRPr="00F62430" w14:paraId="402F11F8" w14:textId="77777777" w:rsidTr="009431B1">
-[...2 lines deleted...]
-                        </w:trPr>
+                      <w:tr w14:paraId="402F11F8" w14:textId="77777777" w:rsidTr="009431B1">
+                        <w:tblPrEx>
+                          <w:tblW w:w="9181" w:type="dxa"/>
+                          <w:tblLayout w:type="fixed"/>
+                          <w:tblLook w:val="04A0"/>
+                        </w:tblPrEx>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="816" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="7BFE5230" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="7BFE5230" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>E</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1277" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
                           <w:sdt>
                             <w:sdtPr>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
-                              <w:id w:val="-1640105293"/>
+                              <w:id w:val="1898437281"/>
                               <w:docPartObj>
                                 <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
                                 <w:docPartUnique/>
                               </w:docPartObj>
                             </w:sdtPr>
-                            <w:sdtEndPr/>
                             <w:sdtContent>
-                              <w:p w14:paraId="66A3EAC7" w14:textId="046AE30F" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                              <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="66A3EAC7" w14:textId="75BA8416">
                                 <w:pPr>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00F62430">
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:fldChar w:fldCharType="begin"/>
                                 </w:r>
                                 <w:r w:rsidRPr="00F62430">
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:instrText xml:space="preserve"> PAGE </w:instrText>
                                 </w:r>
                                 <w:r w:rsidRPr="00F62430">
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:fldChar w:fldCharType="separate"/>
                                 </w:r>
-                                <w:r w:rsidR="00963D11">
+                                <w:r w:rsidR="00C2495B">
                                   <w:rPr>
                                     <w:noProof/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:t>1</w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00F62430">
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:fldChar w:fldCharType="end"/>
                                 </w:r>
                                 <w:r w:rsidRPr="00F62430">
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> Of </w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00F62430">
@@ -2665,5580 +2680,5596 @@
                                 <w:r>
                                   <w:rPr>
                                     <w:noProof/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                   </w:rPr>
                                   <w:t>6</w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00F62430">
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="es-ES"/>
                                   </w:rPr>
                                   <w:fldChar w:fldCharType="end"/>
                                 </w:r>
                               </w:p>
                             </w:sdtContent>
                           </w:sdt>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="3545" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="3972D180" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="3972D180" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Líder del proceso-cargo </w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="2472" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="04DBE2FC" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="04DBE2FC" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Año-mes-día</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1071" w:type="dxa"/>
                             <w:vAlign w:val="center"/>
                           </w:tcPr>
-                          <w:p w14:paraId="029F9BF7" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="009431B1">
+                          <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="009431B1" w14:paraId="029F9BF7" w14:textId="77777777">
                             <w:pPr>
-                              <w:pStyle w:val="Piedepgina"/>
+                              <w:pStyle w:val="Footer"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F62430">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>Número</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
                     </w:tbl>
-                    <w:p w14:paraId="68D13C9F" w14:textId="77777777" w:rsidR="00467F17" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                    <w:p w:rsidR="00467F17" w:rsidP="00F62430" w14:paraId="68D13C9F" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00F62430">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>REFERENCE DOCUMENT: DPDDPR-019</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3E0F9553" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                    <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:paraId="3E0F9553" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> UPDATE: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="76E06AC3" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                    <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:paraId="76E06AC3" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  VERSION: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1A6CC456" w14:textId="77777777" w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidRDefault="00467F17" w:rsidP="00F62430">
+                    <w:p w:rsidR="00467F17" w:rsidRPr="00F62430" w:rsidP="00F62430" w14:paraId="1A6CC456" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00613E23" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00613E23">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>IDENTIFICATION OF PRODUCT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C9167E2" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="3C9167E2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="680" w:hanging="680"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="314B21D1" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="314B21D1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemical name: </w:t>
       </w:r>
-      <w:r w:rsidR="00745532" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00745532">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5D2B2A" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="2A5D2B2A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Generic name: </w:t>
       </w:r>
-      <w:r w:rsidR="00745532" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00745532">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PMMA discs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534DB4BC" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="534DB4BC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Synonyms:</w:t>
       </w:r>
-      <w:r w:rsidR="00745532" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00745532">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Poly</w:t>
       </w:r>
-      <w:r w:rsidR="00BE0045" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00BE0045">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00745532" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00745532">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>methyl methacrylate discs, acrylic discs, acrylic resin discs, synthetic resin discs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="671B7F43" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00A52D04" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00A52D04" w:rsidP="0020328B" w14:paraId="671B7F43" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Recommended use and product use restrictions: </w:t>
       </w:r>
-      <w:r w:rsidR="00745532" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00745532">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Product intended for </w:t>
       </w:r>
-      <w:r w:rsidR="00745532" w:rsidRPr="00A52D04">
+      <w:r w:rsidRPr="00A52D04" w:rsidR="00745532">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>the elaboration of dental prostheses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24EE2DEB" w14:textId="2C888B7F" w:rsidR="00613E23" w:rsidRPr="00A52D04" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00A52D04" w:rsidP="0020328B" w14:paraId="24EE2DEB" w14:textId="2C888B7F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52D04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Emergency number: In case of emergency contact the Safety and Health at Work Coordination at the following numbers (+57</w:t>
       </w:r>
-      <w:r w:rsidR="00D87E37" w:rsidRPr="00A52D04">
+      <w:r w:rsidRPr="00A52D04" w:rsidR="00D87E37">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 60</w:t>
       </w:r>
       <w:r w:rsidRPr="00A52D04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4) 403 87 60, ext. 1304</w:t>
       </w:r>
-      <w:r w:rsidR="00A52D04" w:rsidRPr="00A52D04">
+      <w:r w:rsidRPr="00A52D04" w:rsidR="00A52D04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="00A52D04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1306.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60645E85" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="60645E85" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="058AFF78" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="058AFF78" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40774854" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="40774854" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>IDENTIFICATION OF HAZARDS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B1E9F06" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="3B1E9F06" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20C78139" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="20C78139" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> GHS Classification:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B52B98" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="20B52B98" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2833"/>
         <w:gridCol w:w="2948"/>
         <w:gridCol w:w="2939"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00613E23" w:rsidRPr="00B27496" w14:paraId="4317A6E1" w14:textId="77777777" w:rsidTr="00E73FDD">
+      <w:tr w14:paraId="4317A6E1" w14:textId="77777777" w:rsidTr="00E73FDD">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2884" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61562F6C" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="61562F6C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Health</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42662DD5" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="42662DD5" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Environment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64F917EC" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="64F917EC" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Physical</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00613E23" w:rsidRPr="00B27496" w14:paraId="4AB01AB5" w14:textId="77777777" w:rsidTr="00E73FDD">
+      <w:tr w14:paraId="4AB01AB5" w14:textId="77777777" w:rsidTr="00E73FDD">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2884" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D69E006" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00745532" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="7D69E006" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Non-hazardous</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61C441A9" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00745532" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="61C441A9" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Non-hazardous</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4117D76C" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00745532" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="4117D76C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Non-hazardous</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="60FD6EBD" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...10 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="60FD6EBD" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="758E3275" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>GHS Labelling:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B329EA0" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="6B329EA0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="680"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2834"/>
         <w:gridCol w:w="2940"/>
         <w:gridCol w:w="2946"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00613E23" w:rsidRPr="00B27496" w14:paraId="34F04AAC" w14:textId="77777777" w:rsidTr="00E73FDD">
+      <w:tr w14:paraId="34F04AAC" w14:textId="77777777" w:rsidTr="00E73FDD">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2884" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FFC3E2A" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="0FFC3E2A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Symbol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE9833C" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="5AE9833C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Signal word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5C748E" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="4B5C748E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Danger indication </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00613E23" w:rsidRPr="00B27496" w14:paraId="7086C6FA" w14:textId="77777777" w:rsidTr="00E73FDD">
+      <w:tr w14:paraId="7086C6FA" w14:textId="77777777" w:rsidTr="00E73FDD">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2884" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="016D6F39" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00745532" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="016D6F39" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>None required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E507CCD" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00745532" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="5E507CCD" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>None required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50D0ACEC" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00745532" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="50D0ACEC" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>None required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D8C5E93" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="7D8C5E93" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D15340D" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="00D87E37">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="00D87E37" w14:paraId="0D15340D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="567" w:right="0" w:hanging="567"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Precautionary indications: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7D2193" w14:textId="77777777" w:rsidR="00D87E37" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="00D87E37">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00D87E37" w:rsidRPr="00B27496" w:rsidP="00D87E37" w14:paraId="1C7D2193" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Appearance in emergency:</w:t>
       </w:r>
-      <w:r w:rsidR="00745532" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00745532">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Generation of vapors above 250 °C (482 °F) produced by its decomposition.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1A87BA" w14:textId="77777777" w:rsidR="00D87E37" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="00D87E37">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00D87E37" w:rsidRPr="00B27496" w:rsidP="00D87E37" w14:paraId="3C1A87BA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Potential adverse effects</w:t>
       </w:r>
-      <w:r w:rsidR="00745532" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00745532">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> on health</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00745532" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00745532">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Not applicable</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3D55D1" w14:textId="079F6628" w:rsidR="00D87E37" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="00D87E37">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00D87E37" w:rsidRPr="00B27496" w:rsidP="00D87E37" w14:paraId="5D3D55D1" w14:textId="079F6628">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">NFPA: Health = 0, Flammability = </w:t>
       </w:r>
-      <w:r w:rsidR="00745532" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00745532">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, Reactivity = 0.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A2C9CA5" w14:textId="4CC2838B" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="00D87E37">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="00D87E37" w14:paraId="1A2C9CA5" w14:textId="4CC2838B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">OSHA regulatory state: </w:t>
       </w:r>
-      <w:r w:rsidR="00931C0F" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00931C0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Not classified as hazardous according to OSHA Hazard Communication Standard, 29 CFR 1910.1200.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C821F0A" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="3C821F0A" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66ED85D7" w14:textId="77777777" w:rsidR="00ED4EED" w:rsidRPr="00B27496" w:rsidRDefault="00ED4EED" w:rsidP="0020328B">
+    <w:p w:rsidR="00ED4EED" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="66ED85D7" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="413486AF" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="413486AF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>INFORMATION ABOUT COMPOSITION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171FD1E6" w14:textId="77777777" w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidRDefault="00130A3C" w:rsidP="00130A3C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+    <w:p w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidP="00130A3C" w14:paraId="171FD1E6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="2886"/>
         <w:gridCol w:w="2788"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00130A3C" w:rsidRPr="00B27496" w14:paraId="1427AB0D" w14:textId="77777777" w:rsidTr="00CD53A1">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="1427AB0D" w14:textId="77777777" w:rsidTr="00CD53A1">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC434BB" w14:textId="77777777" w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidRDefault="00130A3C" w:rsidP="00CD53A1">
+          <w:p w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidP="00CD53A1" w14:paraId="3AC434BB" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>HAZARDOUS COMPONENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00130A3C" w:rsidRPr="00B27496" w14:paraId="74FA2D93" w14:textId="77777777" w:rsidTr="00CD53A1">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="74FA2D93" w14:textId="77777777" w:rsidTr="00CD53A1">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50D9BF47" w14:textId="77777777" w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidRDefault="00130A3C" w:rsidP="00CD53A1">
+          <w:p w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidP="00CD53A1" w14:paraId="50D9BF47" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Common name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2886" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C8BF16A" w14:textId="77777777" w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidRDefault="00130A3C" w:rsidP="00CD53A1">
+          <w:p w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidP="00CD53A1" w14:paraId="4C8BF16A" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Concentration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB95B8E" w14:textId="77777777" w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidRDefault="00130A3C" w:rsidP="00CD53A1">
+          <w:p w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidP="00CD53A1" w14:paraId="2FB95B8E" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CAS Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00130A3C" w:rsidRPr="00B27496" w14:paraId="4A51BAAA" w14:textId="77777777" w:rsidTr="00CD53A1">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="4A51BAAA" w14:textId="77777777" w:rsidTr="00CD53A1">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB35C2F" w14:textId="77777777" w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidRDefault="00130A3C" w:rsidP="00CD53A1">
+          <w:p w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidP="00CD53A1" w14:paraId="3CB35C2F" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2886" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47E4539C" w14:textId="77777777" w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidRDefault="00130A3C" w:rsidP="00CD53A1">
+          <w:p w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidP="00CD53A1" w14:paraId="47E4539C" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D686E07" w14:textId="77777777" w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidRDefault="00130A3C" w:rsidP="00CD53A1">
+          <w:p w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidP="00CD53A1" w14:paraId="1D686E07" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3C72E778" w14:textId="77777777" w:rsidR="00130A3C" w:rsidRPr="00B27496" w:rsidRDefault="00130A3C" w:rsidP="00130A3C">
-[...19 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1F26CD06" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="2E941E45" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="576" w:hanging="576"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3539"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="2151"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00613E23" w:rsidRPr="00B27496" w14:paraId="31D757D6" w14:textId="77777777" w:rsidTr="00745532">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="31D757D6" w14:textId="77777777" w:rsidTr="00745532">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8667" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="035A14A9" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="035A14A9" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>NON-HAZARDOUS COMPONENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00745532" w:rsidRPr="00B27496" w14:paraId="1E49B298" w14:textId="77777777" w:rsidTr="00D91B26">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="1E49B298" w14:textId="77777777" w:rsidTr="00D91B26">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D516850" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="2D516850" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Common name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="271B880D" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="271B880D" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Concentration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="663F1D08" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="663F1D08" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CAS Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00745532" w:rsidRPr="00B27496" w14:paraId="6CEB4DB1" w14:textId="77777777" w:rsidTr="00D91B26">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="6CEB4DB1" w14:textId="77777777" w:rsidTr="00D91B26">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C554046" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="0C554046" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Poly methyl methacrylate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D8F62BF" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="3D8F62BF" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Industrial secret</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40CBFE65" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="40CBFE65" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9011-14-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1C20" w:rsidRPr="00B27496" w14:paraId="530E1B99" w14:textId="77777777" w:rsidTr="00D91B26">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="530E1B99" w14:textId="77777777" w:rsidTr="00D91B26">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1079D0" w14:textId="77777777" w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidRDefault="006A1C20" w:rsidP="0020328B">
+          <w:p w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1A1079D0" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Methyl methacrylate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="051DD371" w14:textId="77777777" w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidRDefault="006A1C20" w:rsidP="0020328B">
+          <w:p w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="051DD371" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Industrial secret</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64455656" w14:textId="77777777" w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidRDefault="006A1C20" w:rsidP="0020328B">
+          <w:p w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="64455656" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>80-62-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1C20" w:rsidRPr="00B27496" w14:paraId="3090DBFD" w14:textId="77777777" w:rsidTr="00D91B26">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="3090DBFD" w14:textId="77777777" w:rsidTr="00D91B26">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F45AE2C" w14:textId="77777777" w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidRDefault="006A1C20" w:rsidP="0020328B">
+          <w:p w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="5F45AE2C" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dimethacrylate ethylene glycol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F37B5EA" w14:textId="77777777" w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidRDefault="006A1C20" w:rsidP="0020328B">
+          <w:p w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="0F37B5EA" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Industrial secret</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="674A8302" w14:textId="77777777" w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidRDefault="006A1C20" w:rsidP="0020328B">
+          <w:p w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="674A8302" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>97-90-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00745532" w:rsidRPr="00B27496" w14:paraId="1879F90B" w14:textId="77777777" w:rsidTr="00D91B26">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="1879F90B" w14:textId="77777777" w:rsidTr="00D91B26">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="405440D7" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="405440D7" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Pigments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B486054" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="7B486054" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Industrial secret</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22A469C2" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+          <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="22A469C2" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
-            <w:r w:rsidR="006A1C20" w:rsidRPr="00B27496">
+            <w:r w:rsidRPr="00B27496" w:rsidR="006A1C20">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.A</w:t>
             </w:r>
-            <w:r w:rsidR="00D91B26" w:rsidRPr="00B27496">
+            <w:r w:rsidRPr="00B27496" w:rsidR="00D91B26">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1C20" w:rsidRPr="00B27496" w14:paraId="40037546" w14:textId="77777777" w:rsidTr="00D91B26">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="40037546" w14:textId="77777777" w:rsidTr="00D91B26">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A53CC00" w14:textId="77777777" w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidRDefault="006A1C20" w:rsidP="0020328B">
+          <w:p w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1A53CC00" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Fluorescent additive</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC5EDE6" w14:textId="77777777" w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidRDefault="006A1C20" w:rsidP="0020328B">
+          <w:p w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1BC5EDE6" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Industrial secret</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2151" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1344587D" w14:textId="77777777" w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidRDefault="006A1C20" w:rsidP="0020328B">
+          <w:p w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1344587D" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo2"/>
+              <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>658084-50-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FB6CB4E" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="5FB6CB4E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="680"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02A2571E" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...10 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="02A2571E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="28F4BCF7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>FIRST AID MEASURES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500229DF" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="500229DF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E0D2E31" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="7E0D2E31" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Emergency procedures and first aid in case of:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB21A5D" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="5AB21A5D" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DAA58B1" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="7DAA58B1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0" w:hanging="434"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Inhalation: </w:t>
       </w:r>
-      <w:r w:rsidR="006A1C20" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="006A1C20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In case of irritation remove the person to fresh air.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B19889F" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="0B19889F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0" w:hanging="434"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact with eyes: </w:t>
       </w:r>
-      <w:r w:rsidR="006A1C20" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="006A1C20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Flush open eyes with running water for several minutes. If symptoms persist, consult a physician.</w:t>
       </w:r>
-      <w:r w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidDel="002845A0">
+      <w:r w:rsidRPr="00B27496" w:rsidR="006A1C20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D9AFB39" w14:textId="77777777" w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="6D9AFB39" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0" w:hanging="434"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Skin Contact: </w:t>
       </w:r>
-      <w:r w:rsidR="006A1C20" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">There are not any implications associated. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA4B423" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="006A1C20" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="6DA4B423" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0" w:hanging="434"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ingestion</w:t>
       </w:r>
-      <w:r w:rsidR="00613E23" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>There are not any implications associated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="629F9B6C" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="629F9B6C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="201A700D" w14:textId="77777777" w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="201A700D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Most important symptoms/effects (acute and/or delayed): </w:t>
       </w:r>
-      <w:r w:rsidR="006A1C20" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">This product is a non-hazardous solid polymer. Dust generated by the polishing may cause irritation on the eyes or respiratory tract. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31497931" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="31497931" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Antidote: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ABB17CD" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="6ABB17CD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Information for doctors: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268D0CDC" w14:textId="77777777" w:rsidR="00ED4EED" w:rsidRPr="00B27496" w:rsidRDefault="00ED4EED" w:rsidP="00D91B26">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00ED4EED" w:rsidRPr="00B27496" w:rsidP="00D91B26" w14:paraId="268D0CDC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="432" w:hanging="432"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C33114B" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="0C33114B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E2B14A8" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1E2B14A8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>FIRE FIGHTING MEASURES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C44386" w14:textId="77777777" w:rsidR="00ED4EED" w:rsidRPr="00B27496" w:rsidRDefault="00ED4EED" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+    <w:p w:rsidR="00ED4EED" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="75C44386" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="055F6B5D" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="055F6B5D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Flammability properties: Non-flammable material. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A66FAE" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="38A66FAE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Suitable extinction of fire: </w:t>
       </w:r>
-      <w:r w:rsidR="006A1C20" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="006A1C20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Use dry chemical powder, water spray, foam, or CO2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64173615" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="64173615" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Unsuitable extinction of fire: </w:t>
       </w:r>
-      <w:r w:rsidR="006A1C20" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="006A1C20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Water jet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6982B598" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="6982B598" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions for fire extinguishing: </w:t>
       </w:r>
-      <w:r w:rsidR="006A1C20" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="006A1C20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Wear self-contained breathing apparatus and protective clothing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567D6C9F" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="567D6C9F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Firefighters’ protection: </w:t>
       </w:r>
-      <w:r w:rsidR="006A1C20" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="006A1C20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Promptly isolate the scene by removing all persons in the vicinity of the incident in case of fire.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BCF8E3" w14:textId="77777777" w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="006A1C20" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="24BCF8E3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Protective equipment and firefighters’ protection:</w:t>
       </w:r>
-      <w:r w:rsidR="006A1C20" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wear suitable protective equipment and self-contained breathing apparatus with full face-piece operated in positive pressure mode. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A4F03D" w14:textId="77777777" w:rsidR="00D91B26" w:rsidRPr="00B27496" w:rsidRDefault="00D91B26">
+    <w:p w:rsidR="00D91B26" w:rsidRPr="00B27496" w14:paraId="00A4F03D" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A10A7B" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="52A10A7B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="071C04FA" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="071C04FA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ACCIDENTAL RELEASE MEASURES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F7A62A" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="58F7A62A" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FAE6DB4" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="2FAE6DB4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:jc w:val="left"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Techniques, procedures, materials and protective equipment in case of:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B36111" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="51B36111" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="699F985F" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="699F985F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="567" w:right="0" w:hanging="425"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Small spill: </w:t>
       </w:r>
-      <w:r w:rsidR="006A1C20" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="006A1C20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Collect</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> manually.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AA5747E" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="2AA5747E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="567" w:right="0" w:hanging="425"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Large spill: Sweep and </w:t>
       </w:r>
-      <w:r w:rsidR="006A1C20" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="006A1C20">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>collect</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> manually.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2872C28B" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="2872C28B" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="559E0DE2" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="559E0DE2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Environmental precautions: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>No special measures are required; however, take into account conditions required by local and national authorities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B878A91" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="2B878A91" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Further considerations: None.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09DBB2FF" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="09DBB2FF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C6E9DB4" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="4C6E9DB4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AA4DDA7" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="4AA4DDA7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">HANDLING AND STORAGE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D832A6" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="31D832A6" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E1BE21F" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="4E1BE21F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Handling: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>No special handling conditions are required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBE949B" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1EBE949B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Storage: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Keep the product in a fresh and dry place at a temperature ≤ 30 °C (86 °F).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1057D3E1" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1057D3E1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="146822DA" w14:textId="77777777" w:rsidR="00ED4EED" w:rsidRPr="00B27496" w:rsidRDefault="00ED4EED" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00ED4EED" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="146822DA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A0DBCF0" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="7A0DBCF0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">EXPOSURE CONTROLS AND PERSONAL PROTECTION </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1648C8" w14:textId="77777777" w:rsidR="00ED4EED" w:rsidRPr="00B27496" w:rsidRDefault="00ED4EED" w:rsidP="0020328B">
-[...10 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00ED4EED" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="7C1648C8" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="7DF31BC3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Conditions to control the exposure: No specific controls are required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="727CF276" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="727CF276" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Engineering controls: Ensure sufficient ventilation</w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidDel="00F75D1F">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6E84FD" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="3E6E84FD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Personal protective equipment: No specific protective equipment required. </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>A face-piece with particles filter is worn in case of generating dust, and safety goggles if teeth are polished.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F0BBF2" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="30F0BBF2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Exposure parameters: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E670B2F" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1E670B2F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7224BC80" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="7224BC80" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06605DB5" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="06605DB5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">PHYSICAL AND CHEMICAL PROPERTIES </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F7AF1D" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...10 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="39F7AF1D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="6E05B483" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Appearance: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Similar to natural teeth. Color ranges from white to dark brown. Translucent. It emits fluorescence under ultraviolet light. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BEB02A5" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="6BEB02A5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Odor: Odorless.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D153ED" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="31D153ED" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Odor threshold: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468D78CC" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="468D78CC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pH: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6011D0" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00E334CB" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="3C6011D0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vapor p</w:t>
       </w:r>
-      <w:r w:rsidR="00613E23" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ressure: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C981B06" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00E334CB" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="4C981B06" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vapor d</w:t>
       </w:r>
-      <w:r w:rsidR="00613E23" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ensity: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02519372" w14:textId="77777777" w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidRDefault="00E334CB" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="02519372" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Evaporation rate: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E921CDD" w14:textId="77777777" w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidRDefault="00E334CB" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="0E921CDD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Freezing or fusion point: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1669F05B" w14:textId="77777777" w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidRDefault="00E334CB" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1669F05B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Boiling point: Not determined.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="793681A9" w14:textId="77777777" w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidRDefault="00E334CB" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="793681A9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Solubility in water: Insoluble.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B192FD9" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="3B192FD9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Specific gravity or density: Not determined.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="504D709F" w14:textId="77777777" w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidRDefault="00E334CB" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="504D709F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Flammability point or explosive limit: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45E666F7" w14:textId="77777777" w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidRDefault="00E334CB" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="45E666F7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Self-ignition temperature: Not determined.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3308FE74" w14:textId="77777777" w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidRDefault="00E334CB" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="3308FE74" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Decomposition temperature: Not determined.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B16711E" w14:textId="77777777" w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidRDefault="00E334CB" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="7B16711E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Viscosity: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FE88F5" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="26FE88F5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N-octanol/water partition coefficient: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD8D8A1" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="0DD8D8A1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52FB3FC0" w14:textId="77777777" w:rsidR="00ED4EED" w:rsidRPr="00B27496" w:rsidRDefault="00ED4EED" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00ED4EED" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="52FB3FC0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BC9897C" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="0BC9897C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">STABILITY AND REACTIVITY </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DAC20A1" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="4DAC20A1" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F6C9E5F" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="5F6C9E5F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemical Stability: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Stable under normal storage and handling conditions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65049334" w14:textId="77777777" w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="65049334" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Possible hazardous reactions: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">No hazardous reactions known. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9012EB" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="7B9012EB" w14:textId="23377C6C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Conditions to avoid: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
-[...10 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direct heat sources and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27496" w:rsidR="00567C0F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sunlight</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="6132CA30" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Incompatibility with other materials: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Contact with organic solvents and methyl methacrylate monomers and its derivates.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74838759" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="74838759" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Dangerous breaking down products: None.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74EC6175" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="74EC6175" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Hazardous polymerization: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>None under normal storage and handling conditions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B63B6B9" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="2B63B6B9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B659C5E" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="2B659C5E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="742C8EB9" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="742C8EB9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>TOXICOLOGICAL INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6C4178" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...10 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="6C6C4178" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="101898F3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Possible routes of exposure: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">If teeth are polished, dust may irritate the respiratory tract. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Acute toxicity</w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: There are no severe implications for health. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB05B9A" w14:textId="77777777" w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1AB05B9A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Chronic toxicity: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no severe implications for health. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB6D4B2" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="7AB6D4B2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Additional information: None.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="530AA1E1" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="530AA1E1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59F12042" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="59F12042" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="126F76EB" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="126F76EB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ECOLOGICAL INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5931E146" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="5931E146" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="699C1457" w14:textId="77777777" w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00E334CB" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="699C1457" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecotoxicity: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">No data available. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C54C9C" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="23C54C9C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Persistence and degradability: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>No data available</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6318D1F0" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="6318D1F0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Potential of bioaccumulation: It does not accumulate </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>noticeably in the organism</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A3AD926" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="4A3AD926" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Mobility in soil: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>No data available</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA97566" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="4EA97566" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Other adverse effects: </w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00E334CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>No adverse effects known.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5609A7CA" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="5609A7CA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B76D323" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="4B76D323" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="288ECEFE" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="288ECEFE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>DISPOSAL CONSIDERATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A7A19F" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="09A7A19F" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EEFFED7" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00E334CB" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="7EEFFED7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Recycle if possible. Do not dump into any body of water. Disposal practices must be in compliance with all current local regulations</w:t>
       </w:r>
-      <w:r w:rsidR="00613E23" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58107324" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="58107324" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A1E21CB" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="0A1E21CB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>WARNING</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>: Laws, regulations and local restrictions can change or be reinterpreted from one country to another and also, they can be different from the ones being into effect in Colombia. This is why considerations about waste disposal of product and its packing may differ from the ones appearing in this document.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="410329EF" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="410329EF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="316C90B7" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00567C0F" w14:paraId="316C90B7" w14:textId="21D43493">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="64F1B774" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CF87C9F" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="2CF87C9F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>TRANSPORT INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D1A5D2" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="53D1A5D2" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CD33CC3" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="2CD33CC3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hazardous material: None.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ECEC5A7" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="3ECEC5A7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Class of risk: None.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D817614" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1D817614" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>UN Number: Not available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9BB203" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00C2495B" w:rsidP="0020328B" w14:paraId="0A9BB203" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C2495B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>IATA c</w:t>
       </w:r>
-      <w:r w:rsidR="00E334CB" w:rsidRPr="00B27496">
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00C2495B" w:rsidR="00E334CB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>lassification: Non-hazard</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B27496">
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00C2495B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ous material.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1208E147" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1208E147" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Packing </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4EED" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00ED4EED">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>group:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> None.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B71F81" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="79B71F81" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Marine pollutant (Yes/No): No.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01409958" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="01409958" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="264773A7" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="264773A7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E2C875E" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1E2C875E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>INFORMATION ABOUT REGULATIONS INTO EFFECT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D51DAE2" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="2D51DAE2" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3846D500" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="3846D500" w14:textId="32ED14AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">In Colombia: Not applicable </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+        <w:t>In Colombia: Not applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="00567C0F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1066285F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">International Regulations: </w:t>
       </w:r>
-      <w:r w:rsidR="00A217D7" w:rsidRPr="00B27496">
+      <w:r w:rsidRPr="00B27496" w:rsidR="00A217D7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In accordance with CEE regulations. The product does not require labeling according to the CE lists and CEE Guidelines/Regulation on hazardous substances.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A278BB2" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="3A278BB2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A26F492" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="1A26F492" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="638154C3" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="638154C3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:right="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>IMPORTANT ADDITIONAL INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="739DA0DE" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="739DA0DE" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0131514C" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="0131514C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The information registered in this document is based in our current knowledge and is given in good faith, but is no given an assurance express or implicit; neither is assumed any responsibility for the incorrect use of the product. This document is prepared according to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C0892C5" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="5C0892C5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FF37851" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00613E23" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="4FF37851" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="clear" w:pos="4252"/>
+          <w:tab w:val="center" w:pos="4419"/>
           <w:tab w:val="clear" w:pos="8504"/>
-          <w:tab w:val="left" w:pos="567"/>
-          <w:tab w:val="center" w:pos="4419"/>
           <w:tab w:val="right" w:pos="8838"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Globally Harmonized System of Classification and Labelling of Chemicals (GHS).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A5B9E2E" w14:textId="77777777" w:rsidR="00287A57" w:rsidRPr="00B27496" w:rsidRDefault="00613E23" w:rsidP="0020328B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Encabezado"/>
+    <w:p w:rsidR="00287A57" w:rsidRPr="00B27496" w:rsidP="0020328B" w14:paraId="4A5B9E2E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="clear" w:pos="4252"/>
+          <w:tab w:val="center" w:pos="4419"/>
           <w:tab w:val="clear" w:pos="8504"/>
-          <w:tab w:val="left" w:pos="567"/>
-          <w:tab w:val="center" w:pos="4419"/>
           <w:tab w:val="right" w:pos="8838"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27496">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Colombian Technical Standard NTC 4435:2010. Transport of Merchandises. Safety Data Sheets of Materials. Preparation.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00287A57" w:rsidRPr="00B27496" w:rsidSect="00D87E37">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+    <w:sectPr w:rsidSect="00951BCA">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="3119" w:right="1701" w:bottom="2410" w:left="1701" w:header="907" w:footer="737" w:gutter="0"/>
+      <w:pgMar w:top="3119" w:right="1701" w:bottom="2269" w:left="1701" w:header="907" w:footer="737" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360" w:charSpace="40960"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="StarSymbol">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HG Mincho Light J">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="72135101" w14:textId="77777777" w:rsidR="002C45E7" w:rsidRDefault="002C45E7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="00CE1E8A" w:rsidRPr="004022E2" w:rsidP="004022E2" w14:paraId="07733F54" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-[...9 lines deleted...]
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-CO"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F9352A9" wp14:editId="5BB5255A">
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
-                <wp:posOffset>-546735</wp:posOffset>
+                <wp:posOffset>-330272</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-862330</wp:posOffset>
+                <wp:posOffset>-766445</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="6353175" cy="1200150"/>
-              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:extent cx="6353175" cy="1064871"/>
+              <wp:effectExtent l="0" t="0" r="0" b="2540"/>
               <wp:wrapNone/>
               <wp:docPr id="217" name="Cuadro de texto 2"/>
-              <wp:cNvGraphicFramePr>
-[...1 lines deleted...]
-              </wp:cNvGraphicFramePr>
+              <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-                  <wps:wsp>
+                  <wps:wsp xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="6353175" cy="1200150"/>
+                        <a:ext cx="6353175" cy="1064871"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:tbl>
                           <w:tblPr>
-                            <w:tblW w:w="4371" w:type="pct"/>
+                            <w:tblW w:w="4336" w:type="pct"/>
                             <w:jc w:val="center"/>
                             <w:tblBorders>
                               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                             </w:tblBorders>
-                            <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                            <w:tblLook w:val="04A0"/>
                           </w:tblPr>
                           <w:tblGrid>
                             <w:gridCol w:w="786"/>
-                            <w:gridCol w:w="754"/>
-[...2 lines deleted...]
-                            <w:gridCol w:w="907"/>
+                            <w:gridCol w:w="749"/>
+                            <w:gridCol w:w="3502"/>
+                            <w:gridCol w:w="2485"/>
+                            <w:gridCol w:w="897"/>
                           </w:tblGrid>
-                          <w:tr w:rsidR="00D87E37" w:rsidRPr="00ED4EED" w14:paraId="7C36B54E" w14:textId="77777777" w:rsidTr="00D87E37">
+                          <w:tr w14:paraId="7C36B54F" w14:textId="77777777" w:rsidTr="00973EDE">
+                            <w:tblPrEx>
+                              <w:tblW w:w="4336" w:type="pct"/>
+                              <w:tblLook w:val="04A0"/>
+                            </w:tblPrEx>
                             <w:trPr>
                               <w:trHeight w:val="200"/>
-                              <w:jc w:val="center"/>
                             </w:trPr>
                             <w:tc>
                               <w:tcPr>
-                                <w:tcW w:w="909" w:type="pct"/>
+                                <w:tcW w:w="910" w:type="pct"/>
                                 <w:gridSpan w:val="2"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="7C90A6A0" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="00910302" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="77777777">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00ED4EED">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                   <w:t>Creation D</w:t>
                                 </w:r>
-                                <w:r w:rsidR="004022E2" w:rsidRPr="00ED4EED">
+                                <w:r w:rsidRPr="00ED4EED">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                   <w:t>ate</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="2080" w:type="pct"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="5455500B" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="77777777">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00ED4EED">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                   <w:t>Elaborated by:</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
-                                <w:tcW w:w="2011" w:type="pct"/>
+                                <w:tcW w:w="2010" w:type="pct"/>
                                 <w:gridSpan w:val="2"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="67ECA304" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="77777777">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00ED4EED">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                   <w:t>Revised by:</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                           </w:tr>
-                          <w:tr w:rsidR="00D87E37" w:rsidRPr="002C45E7" w14:paraId="3AFB9810" w14:textId="77777777" w:rsidTr="00D87E37">
+                          <w:tr w14:paraId="3AFB9811" w14:textId="77777777" w:rsidTr="00973EDE">
+                            <w:tblPrEx>
+                              <w:tblW w:w="4336" w:type="pct"/>
+                              <w:tblLook w:val="04A0"/>
+                            </w:tblPrEx>
                             <w:trPr>
                               <w:trHeight w:val="199"/>
-                              <w:jc w:val="center"/>
                             </w:trPr>
                             <w:tc>
                               <w:tcPr>
-                                <w:tcW w:w="909" w:type="pct"/>
+                                <w:tcW w:w="910" w:type="pct"/>
                                 <w:gridSpan w:val="2"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="59D65DE8" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="009D23B0" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="77777777">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00ED4EED">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                   <w:t>2020-04-02</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="2080" w:type="pct"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="0FDD6EC4" w14:textId="551D730B" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="00A52D04" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="4CC17C7D">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
-                                  <w:t xml:space="preserve">Product </w:t>
-[...8 lines deleted...]
-                                  <w:t>Design and Development Coordinator</w:t>
+                                  <w:t>Technical Analyst of Acrylic Resins</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
-                                <w:tcW w:w="2011" w:type="pct"/>
+                                <w:tcW w:w="2010" w:type="pct"/>
                                 <w:gridSpan w:val="2"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="3CEF14BE" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="00462C90" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="10D9F690">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
-                                  <w:t>Technical Coordinator of Medical Devices</w:t>
+                                  <w:t>Technical Coordinator of M</w:t>
+                                </w:r>
+                                <w:r w:rsidR="00951BCA">
+                                  <w:rPr>
+                                    <w:rFonts w:cs="Arial"/>
+                                    <w:sz w:val="18"/>
+                                    <w:szCs w:val="18"/>
+                                    <w:lang w:val="en-US"/>
+                                  </w:rPr>
+                                  <w:t>D</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                           </w:tr>
-                          <w:tr w:rsidR="00D87E37" w:rsidRPr="00ED4EED" w14:paraId="07183640" w14:textId="77777777" w:rsidTr="00D87E37">
+                          <w:tr w14:paraId="07183641" w14:textId="77777777" w:rsidTr="00973EDE">
+                            <w:tblPrEx>
+                              <w:tblW w:w="4336" w:type="pct"/>
+                              <w:tblLook w:val="04A0"/>
+                            </w:tblPrEx>
                             <w:trPr>
                               <w:trHeight w:val="213"/>
-                              <w:jc w:val="center"/>
                             </w:trPr>
                             <w:tc>
                               <w:tcPr>
-                                <w:tcW w:w="464" w:type="pct"/>
+                                <w:tcW w:w="466" w:type="pct"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="61056BE3" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="77777777">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00ED4EED">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                   <w:t>Class</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="445" w:type="pct"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="2808C7A5" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="77777777">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00ED4EED">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                   <w:t>Page</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="2080" w:type="pct"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="73DFD928" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="77777777">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00ED4EED">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                   <w:t>Approved by:</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="1476" w:type="pct"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="6D9ADA06" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="77777777">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00ED4EED">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                   <w:t>Update:</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
-                                <w:tcW w:w="535" w:type="pct"/>
+                                <w:tcW w:w="534" w:type="pct"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="68AB1A2E" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="77777777">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00ED4EED">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:b/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                   <w:t>Version</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                           </w:tr>
-                          <w:tr w:rsidR="00D87E37" w:rsidRPr="00ED4EED" w14:paraId="240F41A0" w14:textId="77777777" w:rsidTr="00D87E37">
+                          <w:tr w14:paraId="240F41A1" w14:textId="77777777" w:rsidTr="00973EDE">
+                            <w:tblPrEx>
+                              <w:tblW w:w="4336" w:type="pct"/>
+                              <w:tblLook w:val="04A0"/>
+                            </w:tblPrEx>
                             <w:trPr>
                               <w:trHeight w:val="190"/>
-                              <w:jc w:val="center"/>
                             </w:trPr>
                             <w:tc>
                               <w:tcPr>
-                                <w:tcW w:w="464" w:type="pct"/>
+                                <w:tcW w:w="466" w:type="pct"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="46E5D911" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="77777777">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00ED4EED">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                   <w:t>E</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="445" w:type="pct"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
                               <w:sdt>
                                 <w:sdtPr>
                                   <w:rPr>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                   <w:id w:val="40023013"/>
                                   <w:docPartObj>
                                     <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
                                     <w:docPartUnique/>
                                   </w:docPartObj>
                                 </w:sdtPr>
-                                <w:sdtEndPr/>
                                 <w:sdtContent>
-                                  <w:p w14:paraId="7AC53445" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                                  <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="77777777">
                                     <w:pPr>
                                       <w:jc w:val="center"/>
                                       <w:rPr>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:val="en-US"/>
                                       </w:rPr>
                                     </w:pPr>
                                     <w:r w:rsidRPr="00ED4EED">
                                       <w:rPr>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:val="en-US"/>
                                       </w:rPr>
                                       <w:fldChar w:fldCharType="begin"/>
                                     </w:r>
                                     <w:r w:rsidRPr="00ED4EED">
                                       <w:rPr>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:val="en-US"/>
                                       </w:rPr>
                                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                                     </w:r>
                                     <w:r w:rsidRPr="00ED4EED">
                                       <w:rPr>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:val="en-US"/>
                                       </w:rPr>
                                       <w:fldChar w:fldCharType="separate"/>
                                     </w:r>
-                                    <w:r w:rsidR="00963D11">
+                                    <w:r w:rsidR="00D717D9">
                                       <w:rPr>
                                         <w:noProof/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:val="en-US"/>
                                       </w:rPr>
                                       <w:t>2</w:t>
                                     </w:r>
                                     <w:r w:rsidRPr="00ED4EED">
                                       <w:rPr>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:val="en-US"/>
                                       </w:rPr>
                                       <w:fldChar w:fldCharType="end"/>
                                     </w:r>
                                     <w:r w:rsidRPr="00ED4EED">
                                       <w:rPr>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:val="en-US"/>
                                       </w:rPr>
                                       <w:t xml:space="preserve"> </w:t>
                                     </w:r>
                                     <w:r w:rsidR="00462C90">
@@ -8259,768 +8290,803 @@
                                     </w:r>
                                     <w:r w:rsidRPr="00ED4EED">
                                       <w:rPr>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:val="en-US"/>
                                       </w:rPr>
                                       <w:fldChar w:fldCharType="begin"/>
                                     </w:r>
                                     <w:r w:rsidRPr="00ED4EED">
                                       <w:rPr>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:val="en-US"/>
                                       </w:rPr>
                                       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
                                     </w:r>
                                     <w:r w:rsidRPr="00ED4EED">
                                       <w:rPr>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:val="en-US"/>
                                       </w:rPr>
                                       <w:fldChar w:fldCharType="separate"/>
                                     </w:r>
-                                    <w:r w:rsidR="00963D11">
+                                    <w:r w:rsidR="00D717D9">
                                       <w:rPr>
                                         <w:noProof/>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:val="en-US"/>
                                       </w:rPr>
                                       <w:t>3</w:t>
                                     </w:r>
                                     <w:r w:rsidRPr="00ED4EED">
                                       <w:rPr>
                                         <w:sz w:val="18"/>
                                         <w:szCs w:val="18"/>
                                         <w:lang w:val="en-US"/>
                                       </w:rPr>
                                       <w:fldChar w:fldCharType="end"/>
                                     </w:r>
                                   </w:p>
                                 </w:sdtContent>
                               </w:sdt>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="2080" w:type="pct"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="7A7325C3" w14:textId="6B696055" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="00D87E37" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="708985EA">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
-                                  <w:t>Technical Director of Medical Devices</w:t>
+                                  <w:t>Technical Director of M</w:t>
+                                </w:r>
+                                <w:r w:rsidR="00951BCA">
+                                  <w:rPr>
+                                    <w:rFonts w:cs="Arial"/>
+                                    <w:sz w:val="18"/>
+                                    <w:szCs w:val="18"/>
+                                    <w:lang w:val="en-US"/>
+                                  </w:rPr>
+                                  <w:t>D</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="1476" w:type="pct"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="2E7C9CDB" w14:textId="550606E0" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="00D87E37" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="57721A70">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
-                                <w:r w:rsidRPr="00A52D04">
+                                <w:r w:rsidRPr="00951BCA">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
-                                  <w:t>2022-07-</w:t>
+                                  <w:t>202</w:t>
                                 </w:r>
-                                <w:r w:rsidR="002C45E7">
+                                <w:r w:rsidRPr="00951BCA" w:rsidR="00973EDE">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
-                                  <w:t>29</w:t>
+                                  <w:t>5-</w:t>
+                                </w:r>
+                                <w:r w:rsidR="00C2495B">
+                                  <w:rPr>
+                                    <w:rFonts w:cs="Arial"/>
+                                    <w:sz w:val="18"/>
+                                    <w:szCs w:val="18"/>
+                                    <w:lang w:val="en-US"/>
+                                  </w:rPr>
+                                  <w:t>12-12</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
-                                <w:tcW w:w="535" w:type="pct"/>
+                                <w:tcW w:w="534" w:type="pct"/>
                                 <w:vAlign w:val="center"/>
                               </w:tcPr>
-                              <w:p w14:paraId="7D9A5080" w14:textId="79D1BAEF" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                              <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:textId="567FED38">
                                 <w:pPr>
-                                  <w:pStyle w:val="Piedepgina"/>
+                                  <w:pStyle w:val="Footer"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="00ED4EED">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
                                   <w:t>0</w:t>
                                 </w:r>
-                                <w:r w:rsidR="00D87E37">
+                                <w:r w:rsidR="00973EDE">
                                   <w:rPr>
                                     <w:rFonts w:cs="Arial"/>
                                     <w:sz w:val="18"/>
                                     <w:szCs w:val="18"/>
                                     <w:lang w:val="en-US"/>
                                   </w:rPr>
-                                  <w:t>1</w:t>
+                                  <w:t>2</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                           </w:tr>
                         </w:tbl>
-                        <w:p w14:paraId="78556C2A" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="00A217D7" w:rsidP="00D87E37">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00D87E37" w14:textId="77777777">
                           <w:pPr>
                             <w:ind w:left="567"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:bookmarkStart w:id="1" w:name="_Hlk31631984"/>
-                          <w:bookmarkStart w:id="2" w:name="_Hlk31631985"/>
+                          <w:bookmarkStart w:id="0" w:name="_Hlk31631984"/>
+                          <w:bookmarkStart w:id="1" w:name="_Hlk31631985"/>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidR="004022E2" w:rsidRPr="00ED4EED">
+                          <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>REFERENCE DOCUMENT: DPDDPR-003</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="00238DAF" w14:textId="0ACD9CFA" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00D87E37">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00D87E37" w14:textId="6D027CA4">
                           <w:pPr>
                             <w:tabs>
                               <w:tab w:val="left" w:pos="709"/>
                               <w:tab w:val="left" w:pos="2410"/>
                             </w:tabs>
                             <w:ind w:left="567"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> UPDATE: </w:t>
                           </w:r>
-                          <w:r w:rsidR="00910302" w:rsidRPr="00ED4EED">
+                          <w:r w:rsidRPr="00ED4EED" w:rsidR="00910302">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>20</w:t>
                           </w:r>
                           <w:r w:rsidR="00D87E37">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>20-11-17</w:t>
+                            <w:t>2</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00973EDE">
+                            <w:rPr>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>3-11-29</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="6EFF20F4" w14:textId="052A245D" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00D87E37">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00951BCA" w:rsidP="00951BCA" w14:textId="4E8A69EE">
                           <w:pPr>
                             <w:tabs>
                               <w:tab w:val="left" w:pos="709"/>
                               <w:tab w:val="left" w:pos="2410"/>
                             </w:tabs>
                             <w:ind w:left="567"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> VERSION: 0</w:t>
                           </w:r>
+                          <w:bookmarkEnd w:id="0"/>
                           <w:bookmarkEnd w:id="1"/>
-                          <w:bookmarkEnd w:id="2"/>
-                          <w:r w:rsidR="00D87E37">
+                          <w:r w:rsidR="00973EDE">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>6</w:t>
+                            <w:t>7</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="4CA01B31" w14:textId="77777777" w:rsidR="004022E2" w:rsidRDefault="004022E2" w:rsidP="00A217D7"/>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
-[...1 lines deleted...]
-                    </wps:bodyPr>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1F9352A9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-43.05pt;margin-top:-67.9pt;width:500.25pt;height:94.5pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADdHsiFAIAAAMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N4698V6sOKtttltV&#10;2l6kbT+AAI5RgaFAYqdfvwPOZqP2raofEONhDnPOHJa3o9FkL31QYFtazuaUSMtBKLtt6Y/vD++u&#10;KQmRWcE0WNnSgwz0dvX2zXJwjaygBy2kJwhiQzO4lvYxuqYoAu+lYWEGTlpMduANixj6bSE8GxDd&#10;6KKazy+LAbxwHrgMAf/eT0m6yvhdJ3n82nVBRqJbir3FvPq8btJarJas2XrmesWPbbB/6MIwZfHS&#10;E9Q9i4zsvPoLyijuIUAXZxxMAV2nuMwckE05/4PNU8+czFxQnOBOMoX/B8u/7L95okRLq/KKEssM&#10;Dmm9Y8IDEZJEOUYgVZJpcKHB008Oz8fxPYw47kw5uEfgPwOxsO6Z3co772HoJRPYZpkqi7PSCSck&#10;kM3wGQTexnYRMtDYeZM0RFUIouO4DqcRYR+E48/Li/qivKop4Zgr0QFlnYdYsOal3PkQP0owJG1a&#10;6tEDGZ7tH0NM7bDm5Ui6zcKD0jr7QFsytPSmrupccJYxKqJNtTItvZ6nbzJOYvnBilwcmdLTHi/Q&#10;9kg7MZ04x3EzZqGzJkmSDYgD6uBhciW+Itz04H9TMqAjWxp+7ZiXlOhPFrW8KReLZOEcLOqrCgN/&#10;ntmcZ5jlCNXSSMm0Xcds+4nyHWreqazGayfHltFpWaTjq0hWPo/zqde3u3oGAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBmSQsV4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjctqRb&#10;O21d0wmBuIIYH9JuWeO1FY1TNdla/j3mxG62/Oj18xa7yXXigkNoPWlI5goEUuVtS7WGj/fn2RpE&#10;iIas6Tyhhh8MsCtvbwqTWz/SG172sRYcQiE3GpoY+1zKUDXoTJj7HolvJz84E3kdamkHM3K46+RC&#10;qZV0piX+0JgeHxusvvdnp+Hz5XT4StVr/eSyfvSTkuQ2Uuv7u+lhCyLiFP9h+NNndSjZ6ejPZIPo&#10;NMzWq4RRHpJlxiUY2SRpCuKoIVsuQJaFvO5Q/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQADdHsiFAIAAAMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBmSQsV4AAAAAsBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s2050" type="#_x0000_t202" style="width:500.25pt;height:83.85pt;margin-top:-60.35pt;margin-left:-26pt;mso-height-percent:0;mso-height-relative:margin;mso-position-horizontal-relative:margin;mso-width-percent:0;mso-width-relative:margin;mso-wrap-distance-bottom:3.6pt;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-style:square;position:absolute;visibility:visible;v-text-anchor:top;z-index:251659264" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:tbl>
                     <w:tblPr>
-                      <w:tblW w:w="4371" w:type="pct"/>
+                      <w:tblW w:w="4336" w:type="pct"/>
                       <w:jc w:val="center"/>
                       <w:tblBorders>
                         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                       </w:tblBorders>
-                      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                      <w:tblLook w:val="04A0"/>
                     </w:tblPr>
                     <w:tblGrid>
                       <w:gridCol w:w="786"/>
-                      <w:gridCol w:w="754"/>
-[...2 lines deleted...]
-                      <w:gridCol w:w="907"/>
+                      <w:gridCol w:w="749"/>
+                      <w:gridCol w:w="3502"/>
+                      <w:gridCol w:w="2485"/>
+                      <w:gridCol w:w="897"/>
                     </w:tblGrid>
-                    <w:tr w:rsidR="00D87E37" w:rsidRPr="00ED4EED" w14:paraId="7C36B54E" w14:textId="77777777" w:rsidTr="00D87E37">
+                    <w:tr w14:paraId="7C36B54E" w14:textId="77777777" w:rsidTr="00973EDE">
+                      <w:tblPrEx>
+                        <w:tblW w:w="4336" w:type="pct"/>
+                        <w:tblLook w:val="04A0"/>
+                      </w:tblPrEx>
                       <w:trPr>
                         <w:trHeight w:val="200"/>
-                        <w:jc w:val="center"/>
                       </w:trPr>
                       <w:tc>
                         <w:tcPr>
-                          <w:tcW w:w="909" w:type="pct"/>
+                          <w:tcW w:w="910" w:type="pct"/>
                           <w:gridSpan w:val="2"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="7C90A6A0" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="00910302" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="7C90A6A0" w14:textId="77777777">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>Creation D</w:t>
                           </w:r>
-                          <w:r w:rsidR="004022E2" w:rsidRPr="00ED4EED">
+                          <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>ate</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
                           <w:tcW w:w="2080" w:type="pct"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="5455500B" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="5455500B" w14:textId="77777777">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>Elaborated by:</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
-                          <w:tcW w:w="2011" w:type="pct"/>
+                          <w:tcW w:w="2010" w:type="pct"/>
                           <w:gridSpan w:val="2"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="67ECA304" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="67ECA304" w14:textId="77777777">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>Revised by:</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                     </w:tr>
-                    <w:tr w:rsidR="00D87E37" w:rsidRPr="002C45E7" w14:paraId="3AFB9810" w14:textId="77777777" w:rsidTr="00D87E37">
+                    <w:tr w14:paraId="3AFB9810" w14:textId="77777777" w:rsidTr="00973EDE">
+                      <w:tblPrEx>
+                        <w:tblW w:w="4336" w:type="pct"/>
+                        <w:tblLook w:val="04A0"/>
+                      </w:tblPrEx>
                       <w:trPr>
                         <w:trHeight w:val="199"/>
-                        <w:jc w:val="center"/>
                       </w:trPr>
                       <w:tc>
                         <w:tcPr>
-                          <w:tcW w:w="909" w:type="pct"/>
+                          <w:tcW w:w="910" w:type="pct"/>
                           <w:gridSpan w:val="2"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="59D65DE8" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="009D23B0" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="59D65DE8" w14:textId="77777777">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>2020-04-02</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
                           <w:tcW w:w="2080" w:type="pct"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="0FDD6EC4" w14:textId="551D730B" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="00A52D04" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="0FDD6EC4" w14:textId="4CC17C7D">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">Product </w:t>
-[...8 lines deleted...]
-                            <w:t>Design and Development Coordinator</w:t>
+                            <w:t>Technical Analyst of Acrylic Resins</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
-                          <w:tcW w:w="2011" w:type="pct"/>
+                          <w:tcW w:w="2010" w:type="pct"/>
                           <w:gridSpan w:val="2"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="3CEF14BE" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="00462C90" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="3CEF14BE" w14:textId="10D9F690">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>Technical Coordinator of Medical Devices</w:t>
+                            <w:t>Technical Coordinator of M</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00951BCA">
+                            <w:rPr>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>D</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                     </w:tr>
-                    <w:tr w:rsidR="00D87E37" w:rsidRPr="00ED4EED" w14:paraId="07183640" w14:textId="77777777" w:rsidTr="00D87E37">
+                    <w:tr w14:paraId="07183640" w14:textId="77777777" w:rsidTr="00973EDE">
+                      <w:tblPrEx>
+                        <w:tblW w:w="4336" w:type="pct"/>
+                        <w:tblLook w:val="04A0"/>
+                      </w:tblPrEx>
                       <w:trPr>
                         <w:trHeight w:val="213"/>
-                        <w:jc w:val="center"/>
                       </w:trPr>
                       <w:tc>
                         <w:tcPr>
-                          <w:tcW w:w="464" w:type="pct"/>
+                          <w:tcW w:w="466" w:type="pct"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="61056BE3" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="61056BE3" w14:textId="77777777">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>Class</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
                           <w:tcW w:w="445" w:type="pct"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="2808C7A5" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="2808C7A5" w14:textId="77777777">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>Page</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
                           <w:tcW w:w="2080" w:type="pct"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="73DFD928" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="73DFD928" w14:textId="77777777">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>Approved by:</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
                           <w:tcW w:w="1476" w:type="pct"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="6D9ADA06" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="6D9ADA06" w14:textId="77777777">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>Update:</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
-                          <w:tcW w:w="535" w:type="pct"/>
+                          <w:tcW w:w="534" w:type="pct"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="68AB1A2E" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="68AB1A2E" w14:textId="77777777">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>Version</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                     </w:tr>
-                    <w:tr w:rsidR="00D87E37" w:rsidRPr="00ED4EED" w14:paraId="240F41A0" w14:textId="77777777" w:rsidTr="00D87E37">
+                    <w:tr w14:paraId="240F41A0" w14:textId="77777777" w:rsidTr="00973EDE">
+                      <w:tblPrEx>
+                        <w:tblW w:w="4336" w:type="pct"/>
+                        <w:tblLook w:val="04A0"/>
+                      </w:tblPrEx>
                       <w:trPr>
                         <w:trHeight w:val="190"/>
-                        <w:jc w:val="center"/>
                       </w:trPr>
                       <w:tc>
                         <w:tcPr>
-                          <w:tcW w:w="464" w:type="pct"/>
+                          <w:tcW w:w="466" w:type="pct"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="46E5D911" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="46E5D911" w14:textId="77777777">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>E</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
                           <w:tcW w:w="445" w:type="pct"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:id w:val="40023013"/>
+                            <w:id w:val="843514279"/>
                             <w:docPartObj>
                               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
                               <w:docPartUnique/>
                             </w:docPartObj>
                           </w:sdtPr>
-                          <w:sdtEndPr/>
                           <w:sdtContent>
-                            <w:p w14:paraId="7AC53445" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                            <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="7AC53445" w14:textId="77777777">
                               <w:pPr>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00ED4EED">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r w:rsidRPr="00ED4EED">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:instrText xml:space="preserve"> PAGE </w:instrText>
                               </w:r>
                               <w:r w:rsidRPr="00ED4EED">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
-                              <w:r w:rsidR="00963D11">
+                              <w:r w:rsidR="00D717D9">
                                 <w:rPr>
                                   <w:noProof/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t>2</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00ED4EED">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                               <w:r w:rsidRPr="00ED4EED">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r w:rsidR="00462C90">
@@ -9041,825 +9107,789 @@
                               </w:r>
                               <w:r w:rsidRPr="00ED4EED">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r w:rsidRPr="00ED4EED">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
                               </w:r>
                               <w:r w:rsidRPr="00ED4EED">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
-                              <w:r w:rsidR="00963D11">
+                              <w:r w:rsidR="00D717D9">
                                 <w:rPr>
                                   <w:noProof/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t>3</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00ED4EED">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
                           <w:tcW w:w="2080" w:type="pct"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="7A7325C3" w14:textId="6B696055" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="00D87E37" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="7A7325C3" w14:textId="708985EA">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>Technical Director of Medical Devices</w:t>
+                            <w:t>Technical Director of M</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00951BCA">
+                            <w:rPr>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>D</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
                           <w:tcW w:w="1476" w:type="pct"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="2E7C9CDB" w14:textId="550606E0" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="00D87E37" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="2E7C9CDB" w14:textId="57721A70">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00A52D04">
+                          <w:r w:rsidRPr="00951BCA">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>2022-07-</w:t>
+                            <w:t>202</w:t>
                           </w:r>
-                          <w:r w:rsidR="002C45E7">
+                          <w:r w:rsidRPr="00951BCA" w:rsidR="00973EDE">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>29</w:t>
+                            <w:t>5-</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00C2495B">
+                            <w:rPr>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>12-12</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
-                          <w:tcW w:w="535" w:type="pct"/>
+                          <w:tcW w:w="534" w:type="pct"/>
                           <w:vAlign w:val="center"/>
                         </w:tcPr>
-                        <w:p w14:paraId="7D9A5080" w14:textId="79D1BAEF" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00A217D7">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00A217D7" w14:paraId="7D9A5080" w14:textId="567FED38">
                           <w:pPr>
-                            <w:pStyle w:val="Piedepgina"/>
+                            <w:pStyle w:val="Footer"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00ED4EED">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>0</w:t>
                           </w:r>
-                          <w:r w:rsidR="00D87E37">
+                          <w:r w:rsidR="00973EDE">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>1</w:t>
+                            <w:t>2</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                     </w:tr>
                   </w:tbl>
-                  <w:p w14:paraId="78556C2A" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="00A217D7" w:rsidP="00D87E37">
+                  <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00D87E37" w14:paraId="78556C2A" w14:textId="77777777">
                     <w:pPr>
                       <w:ind w:left="567"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:bookmarkStart w:id="3" w:name="_Hlk31631984"/>
-                    <w:bookmarkStart w:id="4" w:name="_Hlk31631985"/>
+                    <w:bookmarkStart w:id="2" w:name="_Hlk31631984"/>
+                    <w:bookmarkStart w:id="3" w:name="_Hlk31631985"/>
                     <w:r w:rsidRPr="00ED4EED">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidR="004022E2" w:rsidRPr="00ED4EED">
+                    <w:r w:rsidRPr="00ED4EED">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>REFERENCE DOCUMENT: DPDDPR-003</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="00238DAF" w14:textId="0ACD9CFA" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00D87E37">
+                  <w:p w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidP="00D87E37" w14:paraId="00238DAF" w14:textId="6D027CA4">
                     <w:pPr>
                       <w:tabs>
                         <w:tab w:val="left" w:pos="709"/>
                         <w:tab w:val="left" w:pos="2410"/>
                       </w:tabs>
                       <w:ind w:left="567"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00ED4EED">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> UPDATE: </w:t>
                     </w:r>
-                    <w:r w:rsidR="00910302" w:rsidRPr="00ED4EED">
+                    <w:r w:rsidRPr="00ED4EED" w:rsidR="00910302">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>20</w:t>
                     </w:r>
                     <w:r w:rsidR="00D87E37">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>20-11-17</w:t>
+                      <w:t>2</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00973EDE">
+                      <w:rPr>
+                        <w:rFonts w:cs="Arial"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>3-11-29</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="6EFF20F4" w14:textId="052A245D" w:rsidR="004022E2" w:rsidRPr="00ED4EED" w:rsidRDefault="004022E2" w:rsidP="00D87E37">
+                  <w:p w:rsidR="004022E2" w:rsidRPr="00951BCA" w:rsidP="00951BCA" w14:paraId="4CA01B31" w14:textId="4E8A69EE">
                     <w:pPr>
                       <w:tabs>
                         <w:tab w:val="left" w:pos="709"/>
                         <w:tab w:val="left" w:pos="2410"/>
                       </w:tabs>
                       <w:ind w:left="567"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00ED4EED">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> VERSION: 0</w:t>
                     </w:r>
+                    <w:bookmarkEnd w:id="2"/>
                     <w:bookmarkEnd w:id="3"/>
-                    <w:bookmarkEnd w:id="4"/>
-                    <w:r w:rsidR="00D87E37">
+                    <w:r w:rsidR="00973EDE">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>6</w:t>
+                      <w:t>7</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="4CA01B31" w14:textId="77777777" w:rsidR="004022E2" w:rsidRDefault="004022E2" w:rsidP="00A217D7"/>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="39663081" w14:textId="77777777" w:rsidR="002C45E7" w:rsidRDefault="002C45E7">
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="00444B57" w:rsidP="00F86D99" w14:paraId="719685E5" w14:textId="22A59E0F">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-[...38 lines deleted...]
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:tabs>
+        <w:tab w:val="left" w:pos="4080"/>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
-        <w:tab w:val="left" w:pos="4080"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:lang w:val="es-CO"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04A8D4F5" wp14:editId="425972AB">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-679450</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>734060</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7010400" cy="609600"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 2"/>
-              <wp:cNvGraphicFramePr>
-[...1 lines deleted...]
-              </wp:cNvGraphicFramePr>
+              <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-                  <wps:wsp>
+                  <wps:wsp xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7010400" cy="609600"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
-                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                        <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
-                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                        <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="01BBBDDA" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="004022E2" w:rsidRDefault="004022E2" w:rsidP="004022E2">
+                        <w:p w:rsidR="004022E2" w:rsidRPr="004022E2" w:rsidP="004022E2" w14:textId="77777777">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="004022E2">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>SAFETY DATA SHEET</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="1A6F11A4" w14:textId="77777777" w:rsidR="00922984" w:rsidRDefault="00922984" w:rsidP="004022E2">
+                        <w:p w:rsidR="00922984" w:rsidP="004022E2" w14:textId="77777777">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00922984">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t xml:space="preserve">PORTUX HCN PMMA DISCS FOR CAD/CAM </w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="320471F6" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="004022E2" w:rsidRDefault="00613E23" w:rsidP="004022E2">
+                        <w:p w:rsidR="00613E23" w:rsidRPr="004022E2" w:rsidP="004022E2" w14:textId="77777777">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="002C37B1">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>DPDDFS-</w:t>
                           </w:r>
-                          <w:r w:rsidR="002C37B1" w:rsidRPr="002C37B1">
+                          <w:r w:rsidRPr="002C37B1" w:rsidR="002C37B1">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>081</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="6F94A961" w14:textId="77777777" w:rsidR="00FA174A" w:rsidRPr="004022E2" w:rsidRDefault="00FA174A" w:rsidP="00FA174A">
+                        <w:p w:rsidR="00FA174A" w:rsidRPr="004022E2" w:rsidP="00FA174A" w14:textId="77777777">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="22"/>
                               <w:szCs w:val="22"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
-[...1 lines deleted...]
-                    </wps:bodyPr>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="04A8D4F5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-53.5pt;margin-top:57.8pt;width:552pt;height:48pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9lAB73AEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJsnQ14hRdiw4D&#10;unVAtw+QZSk2ZosaqcTOvn6UnKbZ9lb0ReDNhzyH9Ppq7DuxN0gtuFLOZ7kUxmmoW7ct5Y/vd+8+&#10;SEFBuVp14EwpD4bk1ebtm/XgC7OABrraoGAQR8XgS9mE4IssI92YXtEMvHGctIC9CuziNqtRDYze&#10;d9kiz1fZAFh7BG2IOHo7JeUm4VtrdHiwlkwQXSl5tpBeTG8V32yzVsUWlW9afRxDvWCKXrWOm56g&#10;blVQYoftf1B9qxEIbJhp6DOwttUmcWA28/wfNo+N8iZxYXHIn2Si14PVX/eP/huKMH6EkReYSJC/&#10;B/2ThIObRrmtuUaEoTGq5sbzKFk2eCqOn0apqaAIUg1foOYlq12ABDRa7KMqzFMwOi/gcBLdjEFo&#10;Dl4w72XOKc25VX65Yju2UMXT1x4pfDLQi2iUEnmpCV3t7ylMpU8lsZmDu7br0mI791eAMWMkTR8H&#10;nkYPYzVydWRRQX1gHgjTnfBds9EA/pZi4BspJf3aKTRSdJ8da3E5Xy7jUSVn+f5iwQ6eZ6rzjHKa&#10;oUoZpJjMmzAd4s5ju22406S+g2vWz7aJ2vNUx7n5DpI4x5uNh3bup6rnP2vzBwAA//8DAFBLAwQU&#10;AAYACAAAACEAQYRUtd8AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Frb&#10;FQ0kxKkQiCuI8iNxc+NtEhGvo9htwtuzPdHjzoxmvyk3s+/FEcfYBTKglwoEUh1cR42Bj/fnxR2I&#10;mCw52wdCA78YYVNdXpS2cGGiNzxuUyO4hGJhDbQpDYWUsW7R27gMAxJ7+zB6m/gcG+lGO3G57+VK&#10;qUx62xF/aO2Ajy3WP9uDN/D5sv/+ulGvzZNfD1OYlSSfS2Our+aHexAJ5/QfhhM+o0PFTLtwIBdF&#10;b2Ch1S2PSezodQaCI3l+UnYGVlpnIKtSno+o/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQD9lAB73AEAAKEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBBhFS13wAAAAwBAAAPAAAAAAAAAAAAAAAAADYEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s2049" type="#_x0000_t202" style="width:552pt;height:48pt;margin-top:57.8pt;margin-left:-53.5pt;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;visibility:visible;v-text-anchor:top;z-index:251659264" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="01BBBDDA" w14:textId="77777777" w:rsidR="004022E2" w:rsidRPr="004022E2" w:rsidRDefault="004022E2" w:rsidP="004022E2">
+                  <w:p w:rsidR="004022E2" w:rsidRPr="004022E2" w:rsidP="004022E2" w14:paraId="01BBBDDA" w14:textId="77777777">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="004022E2">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>SAFETY DATA SHEET</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="1A6F11A4" w14:textId="77777777" w:rsidR="00922984" w:rsidRDefault="00922984" w:rsidP="004022E2">
+                  <w:p w:rsidR="00922984" w:rsidP="004022E2" w14:paraId="1A6F11A4" w14:textId="77777777">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00922984">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve">PORTUX HCN PMMA DISCS FOR CAD/CAM </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="320471F6" w14:textId="77777777" w:rsidR="00613E23" w:rsidRPr="004022E2" w:rsidRDefault="00613E23" w:rsidP="004022E2">
+                  <w:p w:rsidR="00613E23" w:rsidRPr="004022E2" w:rsidP="004022E2" w14:paraId="320471F6" w14:textId="77777777">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="002C37B1">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>DPDDFS-</w:t>
                     </w:r>
-                    <w:r w:rsidR="002C37B1" w:rsidRPr="002C37B1">
+                    <w:r w:rsidRPr="002C37B1" w:rsidR="002C37B1">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>081</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="6F94A961" w14:textId="77777777" w:rsidR="00FA174A" w:rsidRPr="004022E2" w:rsidRDefault="00FA174A" w:rsidP="00FA174A">
+                  <w:p w:rsidR="00FA174A" w:rsidRPr="004022E2" w:rsidP="00FA174A" w14:paraId="6F94A961" w14:textId="77777777">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-CO"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15317341" wp14:editId="46AD643D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-775335</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-261621</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7179034" cy="9477375"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="8" name="Imagen 8"/>
+          <wp:docPr id="997835986" name="Imagen 997835986"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Imagen 1"/>
+                  <pic:cNvPr id="997835986" name="Imagen 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                      <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7195368" cy="9498938"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00F86D99">
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="NORMA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1.  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
@@ -10110,514 +10140,515 @@
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="StarSymbol" w:hAnsi="StarSymbol" w:cs="StarSymbol"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B7E5FB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB8A4DF4"/>
-    <w:lvl w:ilvl="0" w:tplc="E97CBCB8">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AB776BF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4670A0B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo1"/>
+      <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo2"/>
+      <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:noProof w:val="0"/>
         <w:vanish w:val="0"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:u w:val="none"/>
         <w:effect w:val="none"/>
         <w:vertAlign w:val="baseline"/>
-        <w:em w:val="none"/>
         <w:specVanish w:val="0"/>
         <w14:glow w14:rad="0">
           <w14:srgbClr w14:val="000000"/>
         </w14:glow>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:reflection w14:blurRad="0" w14:stA="0" w14:stPos="0" w14:endA="0" w14:endPos="0" w14:dist="0" w14:dir="0" w14:fadeDir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none"/>
-        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+        <w14:textOutline w14:w="0" w14:cap="rnd">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
         <w14:scene3d>
           <w14:camera w14:prst="orthographicFront"/>
           <w14:lightRig w14:rig="threePt" w14:dir="t">
             <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
           </w14:lightRig>
         </w14:scene3d>
-        <w14:props3d w14:extrusionH="0" w14:contourW="0" w14:prstMaterial="none"/>
+        <w14:props3d/>
         <w14:ligatures w14:val="none"/>
         <w14:numForm w14:val="default"/>
         <w14:numSpacing w14:val="default"/>
-        <w14:stylisticSets/>
+        <w14:stylisticSets xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml"/>
         <w14:cntxtAlts w14:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo3"/>
+      <w:pStyle w:val="Heading3"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo4"/>
+      <w:pStyle w:val="Heading4"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo5"/>
+      <w:pStyle w:val="Heading5"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo6"/>
+      <w:pStyle w:val="Heading6"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo7"/>
+      <w:pStyle w:val="Heading7"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo8"/>
+      <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo9"/>
+      <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31721C04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4004670A"/>
-    <w:lvl w:ilvl="0" w:tplc="8A36B070">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="417" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1137" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1857" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2577" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3297" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4017" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4737" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5457" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6177" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="433C1832"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA7C7D5A"/>
-    <w:lvl w:ilvl="0" w:tplc="15665952">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="minorHAnsi" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47344BDA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3ADC5496"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
@@ -10861,50 +10892,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67D366EA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A5BEDE24"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
@@ -10941,173 +10973,174 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A1D0359"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C8AAC06"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="777" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1497" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2217" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2937" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3657" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4377" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5097" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5817" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6537" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A875B93"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A9687E54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11138,272 +11171,252 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2109539819">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="850804029">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1606618673">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1513685284">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="724331194">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1888639319">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="545797096">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="608203752">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="931545292">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1943607792">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1593583965">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="568806023">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1208646699">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="702942626">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1078945072">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1402678990">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1915970503">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="2052074293">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1759591732">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1250"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="200"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
     <w:numRestart w:val="eachPage"/>
-    <w:footnote w:id="-1"/>
-    <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
-    <w:endnote w:id="-1"/>
-    <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...13 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00DB1F98"/>
     <w:rsid w:val="0000070A"/>
     <w:rsid w:val="000009C8"/>
     <w:rsid w:val="000038C5"/>
     <w:rsid w:val="000056C1"/>
     <w:rsid w:val="00045CB6"/>
     <w:rsid w:val="00064C2E"/>
     <w:rsid w:val="00066B75"/>
     <w:rsid w:val="000F4596"/>
     <w:rsid w:val="00130A3C"/>
     <w:rsid w:val="001348A9"/>
     <w:rsid w:val="001462A4"/>
     <w:rsid w:val="00193879"/>
     <w:rsid w:val="0019572B"/>
     <w:rsid w:val="001B28BA"/>
     <w:rsid w:val="001B4404"/>
     <w:rsid w:val="001C3A8C"/>
     <w:rsid w:val="001C3ED2"/>
     <w:rsid w:val="001E6D0B"/>
     <w:rsid w:val="001F4719"/>
     <w:rsid w:val="0020328B"/>
     <w:rsid w:val="002418BF"/>
     <w:rsid w:val="00266968"/>
     <w:rsid w:val="00287A57"/>
@@ -11412,179 +11425,186 @@
     <w:rsid w:val="002D2364"/>
     <w:rsid w:val="002D7792"/>
     <w:rsid w:val="002F5EEA"/>
     <w:rsid w:val="00303153"/>
     <w:rsid w:val="003269E1"/>
     <w:rsid w:val="00376EE8"/>
     <w:rsid w:val="00377CA0"/>
     <w:rsid w:val="00390352"/>
     <w:rsid w:val="00396C7A"/>
     <w:rsid w:val="003B665C"/>
     <w:rsid w:val="003C61E1"/>
     <w:rsid w:val="003F5173"/>
     <w:rsid w:val="004022E2"/>
     <w:rsid w:val="004276E0"/>
     <w:rsid w:val="00444B57"/>
     <w:rsid w:val="00455615"/>
     <w:rsid w:val="00462C90"/>
     <w:rsid w:val="00467F17"/>
     <w:rsid w:val="004921A9"/>
     <w:rsid w:val="004E5F30"/>
     <w:rsid w:val="004F5324"/>
     <w:rsid w:val="0051709A"/>
     <w:rsid w:val="00541880"/>
     <w:rsid w:val="00544F53"/>
     <w:rsid w:val="00563BC2"/>
+    <w:rsid w:val="00567C0F"/>
     <w:rsid w:val="00587E08"/>
     <w:rsid w:val="005A28C0"/>
     <w:rsid w:val="005B0B23"/>
     <w:rsid w:val="005C64C1"/>
+    <w:rsid w:val="005F407A"/>
     <w:rsid w:val="00613E23"/>
     <w:rsid w:val="00621B98"/>
     <w:rsid w:val="00621EF2"/>
     <w:rsid w:val="0062455F"/>
     <w:rsid w:val="00652843"/>
     <w:rsid w:val="00660474"/>
     <w:rsid w:val="00680403"/>
     <w:rsid w:val="00682E45"/>
     <w:rsid w:val="00686D26"/>
     <w:rsid w:val="006A1C20"/>
     <w:rsid w:val="006C3CBA"/>
     <w:rsid w:val="006E641A"/>
     <w:rsid w:val="006E7EFF"/>
     <w:rsid w:val="006F61E1"/>
     <w:rsid w:val="0070053B"/>
+    <w:rsid w:val="00710E09"/>
     <w:rsid w:val="00714291"/>
     <w:rsid w:val="00745532"/>
     <w:rsid w:val="00752452"/>
     <w:rsid w:val="00755C70"/>
     <w:rsid w:val="00773F8D"/>
     <w:rsid w:val="00780B43"/>
     <w:rsid w:val="007B6D52"/>
+    <w:rsid w:val="00844443"/>
     <w:rsid w:val="008A406B"/>
     <w:rsid w:val="008C4C88"/>
     <w:rsid w:val="008C4DD6"/>
     <w:rsid w:val="008F1B4D"/>
     <w:rsid w:val="009004C2"/>
     <w:rsid w:val="00910302"/>
     <w:rsid w:val="00922984"/>
     <w:rsid w:val="00931C0F"/>
-    <w:rsid w:val="00963D11"/>
+    <w:rsid w:val="009431B1"/>
+    <w:rsid w:val="00951BCA"/>
+    <w:rsid w:val="00973EDE"/>
     <w:rsid w:val="00997DC2"/>
     <w:rsid w:val="009A26BC"/>
+    <w:rsid w:val="009A3DF9"/>
     <w:rsid w:val="009C2EBF"/>
     <w:rsid w:val="009D23B0"/>
     <w:rsid w:val="009E5ED9"/>
     <w:rsid w:val="009E7F94"/>
     <w:rsid w:val="00A00D23"/>
     <w:rsid w:val="00A217D7"/>
     <w:rsid w:val="00A52D04"/>
     <w:rsid w:val="00A7518E"/>
     <w:rsid w:val="00AA5160"/>
     <w:rsid w:val="00AA7485"/>
     <w:rsid w:val="00AB04AE"/>
     <w:rsid w:val="00AC1E92"/>
     <w:rsid w:val="00AF23C8"/>
     <w:rsid w:val="00B27496"/>
     <w:rsid w:val="00B459A0"/>
     <w:rsid w:val="00B77993"/>
     <w:rsid w:val="00B9287F"/>
     <w:rsid w:val="00BC5835"/>
     <w:rsid w:val="00BE0045"/>
     <w:rsid w:val="00C0455C"/>
     <w:rsid w:val="00C0694D"/>
+    <w:rsid w:val="00C2495B"/>
     <w:rsid w:val="00C85D69"/>
     <w:rsid w:val="00CB58FD"/>
+    <w:rsid w:val="00CD53A1"/>
     <w:rsid w:val="00CE1E8A"/>
     <w:rsid w:val="00D41E5B"/>
     <w:rsid w:val="00D5274F"/>
     <w:rsid w:val="00D717D9"/>
     <w:rsid w:val="00D8676B"/>
     <w:rsid w:val="00D87E37"/>
     <w:rsid w:val="00D91B26"/>
     <w:rsid w:val="00D94226"/>
     <w:rsid w:val="00DA1D0F"/>
     <w:rsid w:val="00DA4205"/>
     <w:rsid w:val="00DB0CD4"/>
     <w:rsid w:val="00DB1F98"/>
     <w:rsid w:val="00DD51D4"/>
     <w:rsid w:val="00DF3EF4"/>
     <w:rsid w:val="00E334CB"/>
     <w:rsid w:val="00E4189C"/>
     <w:rsid w:val="00E46AF0"/>
     <w:rsid w:val="00EA5087"/>
     <w:rsid w:val="00EA6F87"/>
     <w:rsid w:val="00EB5BBF"/>
     <w:rsid w:val="00EB764A"/>
     <w:rsid w:val="00ED4EED"/>
     <w:rsid w:val="00F44AD5"/>
     <w:rsid w:val="00F57596"/>
+    <w:rsid w:val="00F62430"/>
     <w:rsid w:val="00F85F36"/>
     <w:rsid w:val="00F86D99"/>
     <w:rsid w:val="00FA174A"/>
     <w:rsid w:val="00FF5C3F"/>
   </w:rsids>
+  <w:docVars>
+    <w:docVar w:name="APPROVER" w:val="Daniel Osorio Amariles"/>
+    <w:docVar w:name="CONSENT" w:val="Gabriel Jaime Gomez Mejia"/>
+    <w:docVar w:name="DATECR" w:val="2025/07/14"/>
+    <w:docVar w:name="DATEREV" w:val="2025/12/12"/>
+    <w:docVar w:name="DOC" w:val="DPDDFS-081"/>
+    <w:docVar w:name="ELABFUNCTION" w:val="AUXILIAR ADMINISTRATIVO SISTEMA DE GESTION"/>
+    <w:docVar w:name="ELABORATOR" w:val="Elizabeth Rojas Zapata; Cesar Eduardo Cardona Quintero"/>
+    <w:docVar w:name="ELABUSERFUNCTION" w:val="Angela Patricia Llano - AUXILIAR ADMINISTRATIVO SISTEMA DE GESTION"/>
+    <w:docVar w:name="IDLOGINCURRENT" w:val="MDOspina"/>
+    <w:docVar w:name="NMUSERCURRENT" w:val="Maria Dolly Ospina"/>
+    <w:docVar w:name="NRCOPY" w:val="1"/>
+    <w:docVar w:name="REV" w:val="02"/>
+    <w:docVar w:name="TITLE" w:val="SAFETY DATA SHEET PMMA DISCS FOR CAD-CAM"/>
+  </w:docVars>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
-    <m:brkBin m:val="before"/>
-[...8 lines deleted...]
-    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...6 lines deleted...]
-  <w:listSeparator w:val=","/>
   <w14:docId w14:val="676C1C68"/>
   <w15:docId w15:val="{F5C170F7-2A67-4A15-9317-FFACE8E748F2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11912,250 +11932,255 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Textoindependiente"/>
+    <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:ind w:right="57"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:kern w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Ttulo1"/>
+    <w:next w:val="Heading1"/>
     <w:qFormat/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:ind w:right="57"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Ttulo2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Ttulo3"/>
+    <w:basedOn w:val="Heading3"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
       </w:numPr>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:right="57"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:i/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Smbolodenotaalpie">
     <w:name w:val="Símbolo de nota al pie"/>
     <w:rsid w:val="00E46AF0"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Nmerodepgina">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="WW-Fuentedeprrafopredeter"/>
     <w:semiHidden/>
     <w:rsid w:val="00E46AF0"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Carcterdenumeracin">
     <w:name w:val="Carácter de numeración"/>
     <w:rsid w:val="00E46AF0"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Vietas">
     <w:name w:val="Viñetas"/>
     <w:rsid w:val="00E46AF0"/>
     <w:rPr>
       <w:rFonts w:ascii="StarSymbol" w:eastAsia="StarSymbol" w:hAnsi="StarSymbol" w:cs="StarSymbol"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Smbolodenotafinal">
     <w:name w:val="Símbolo de nota final"/>
     <w:rsid w:val="00E46AF0"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW-Fuentedeprrafopredeter">
     <w:name w:val="WW-Fuente de párrafo predeter."/>
     <w:rsid w:val="00E46AF0"/>
@@ -12236,372 +12261,355 @@
     <w:rPr>
       <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num8z0">
     <w:name w:val="WW8Num8z0"/>
     <w:rsid w:val="00E46AF0"/>
     <w:rPr>
       <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num8z1">
     <w:name w:val="WW8Num8z1"/>
     <w:rsid w:val="00E46AF0"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num8z2">
     <w:name w:val="WW8Num8z2"/>
     <w:rsid w:val="00E46AF0"/>
     <w:rPr>
       <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Encabezado1">
     <w:name w:val="Encabezado1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Textoindependiente"/>
+    <w:next w:val="BodyText"/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:ind w:left="57" w:right="57"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="HG Mincho Light J" w:cs="Arial Unicode MS"/>
       <w:b/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Encabezado10">
     <w:name w:val="Encabezado 10"/>
     <w:basedOn w:val="Encabezado1"/>
-    <w:next w:val="Textoindependiente"/>
+    <w:next w:val="BodyText"/>
     <w:rsid w:val="00E46AF0"/>
     <w:rPr>
       <w:bCs/>
       <w:sz w:val="15"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Lista">
+  <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
-    <w:basedOn w:val="Textoindependiente"/>
+    <w:basedOn w:val="BodyText"/>
     <w:semiHidden/>
     <w:rsid w:val="00E46AF0"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Encabezado">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Piedepgina">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contenidodelatabla">
     <w:name w:val="Contenido de la tabla"/>
-    <w:basedOn w:val="Textoindependiente"/>
+    <w:basedOn w:val="BodyText"/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Encabezadodelatabla">
     <w:name w:val="Encabezado de la tabla"/>
     <w:basedOn w:val="Contenidodelatabla"/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Etiqueta">
     <w:name w:val="Etiqueta"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contenidodelmarco">
     <w:name w:val="Contenido del marco"/>
-    <w:basedOn w:val="Textoindependiente"/>
+    <w:basedOn w:val="BodyText"/>
     <w:rsid w:val="00E46AF0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ndice">
     <w:name w:val="Índice"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="JERAR1">
     <w:name w:val="JERAR1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E46AF0"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:kern w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textodeglobo">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB1F98"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Textodeglobo"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB1F98"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Encabezado"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00752452"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Piedepgina"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00752452"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00376EE8"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00613E23"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refdecomentario">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00922984"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textocomentario">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextocomentarioCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00922984"/>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
     <w:name w:val="Texto comentario Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Textocomentario"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00922984"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:lang w:val="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Textocomentario"/>
-    <w:next w:val="Textocomentario"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
     <w:link w:val="AsuntodelcomentarioCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00922984"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
-    <w:link w:val="Asuntodelcomentario"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00922984"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revisin">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00922984"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12843,60 +12851,57 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006B978F03CB150B43940C488EA856AD79" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4bad1b8f00f0e1c142d772c74e7ca12c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2ed7cb32920aec3f71f28457361aba16">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -13007,62 +13012,62 @@
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{391552B9-876B-4E2C-94EE-C7147BCB27D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E3523F5-6146-4C6D-AA18-9A7A101D8CFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5130E101-9395-4267-9D27-311D16A5D2BF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C82F503-7A0D-4111-9E2D-BBF395BDF990}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
+  <Pages>5</Pages>
   <Words>1039</Words>
   <Characters>5718</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>47</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>6744</CharactersWithSpaces>