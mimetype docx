--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,4119 +1,4276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
-[...1 lines deleted...]
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <!-- Generated by Aspose.Words for .NET 25.11.0 -->
   <w:body>
-    <w:p w14:paraId="467AEED0" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="467AEED0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>IDENTIFICACIÓN DEL PRODUCTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75286B97" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="75286B97" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AB46B61" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="2AB46B61" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Nombre químico: Polimetilmetacrilato.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="668834E3" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="668834E3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Nombre genérico: Polimetilmetacrilato.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1261E1B4" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="1261E1B4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Sinónimos: PMMA, resina acrílica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501C65D2" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="501C65D2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Uso recomendado y restricciones de uso del producto: es utilizado para la elaboración de prótesis dentales. Debe de ser usado por personal capacitado y solamente para uso odontológico y de laboratorio dental.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1151D211" w14:textId="13803AF2" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="1151D211" w14:textId="13803AF2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de emergencia: En caso de emergencia comuníquese con la Coordinación de Seguridad y Salud en el Trabajo al (+57 60 4) 403 87 60, ext. 1304, 1306. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39621860" w14:textId="77777777" w:rsidR="008270A5" w:rsidRPr="004E74C5" w:rsidRDefault="008270A5" w:rsidP="008270A5">
-[...21 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="008270A5" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="39621860" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008270A5" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="034DF924" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="0AF480E3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>IDENTIFICACIÓN DE PELIGROS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61014C78" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="61014C78" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09DF86CA" w14:textId="1306380E" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="008270A5" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="09DF86CA" w14:textId="1306380E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00461C89" w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Clasificación GHS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F42BC23" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="5F42BC23" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8849" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3439"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2717"/>
+        <w:gridCol w:w="4117"/>
+        <w:gridCol w:w="2308"/>
+        <w:gridCol w:w="2424"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="7ACFF919" w14:textId="77777777" w:rsidTr="00461C89">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="7ACFF919" w14:textId="77777777" w:rsidTr="00EE0CC9">
+        <w:tblPrEx>
+          <w:tblW w:w="8849" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3439" w:type="dxa"/>
+            <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E3872DE" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="1E3872DE" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Salud</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="769B748E" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="769B748E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Medio ambiente </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2717" w:type="dxa"/>
+            <w:tcW w:w="2424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44D3577C" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="44D3577C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Indicación de peligro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="4FA34110" w14:textId="77777777" w:rsidTr="00461C89">
+      <w:tr w14:paraId="4FA34110" w14:textId="77777777" w:rsidTr="00EE0CC9">
+        <w:tblPrEx>
+          <w:tblW w:w="8849" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="545"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3439" w:type="dxa"/>
+            <w:tcW w:w="4117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1794381C" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="1794381C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Irritación ocular Categoría 2B  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C393FBF" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="2C393FBF" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2B4F575B" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="2B4F575B" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensibilización respiratoria o cutánea </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DD71727" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="1DD71727" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Categoría 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F9FE585" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="5F9FE585" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>No hay datos establecidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2717" w:type="dxa"/>
+            <w:tcW w:w="2424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1434FB8E" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="1434FB8E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>No hay datos establecidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4503F1C8" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...11 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="4503F1C8" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="435F5FDF" w14:textId="500ED477">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="-6"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2.2</w:t>
       </w:r>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00461C89" w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Etiquetado GHS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CEDBC2A" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="3CEDBC2A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpYSpec="top"/>
         <w:tblW w:w="8930" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="4110"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="5819F01C" w14:textId="77777777" w:rsidTr="00461C89">
+      <w:tr w14:paraId="5819F01C" w14:textId="77777777" w:rsidTr="00461C89">
+        <w:tblPrEx>
+          <w:tblW w:w="8930" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07585C0C" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="07585C0C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Símbolo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63CFE218" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="63CFE218" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Palabra de advertencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3921933A" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="3921933A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Indicación de peligro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="68663BEF" w14:textId="77777777" w:rsidTr="00461C89">
+      <w:tr w14:paraId="68663BEF" w14:textId="77777777" w:rsidTr="00461C89">
+        <w:tblPrEx>
+          <w:tblW w:w="8930" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="761D4C6B" w14:textId="36778748" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="761D4C6B" w14:textId="36778748">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D869892" wp14:editId="683AE531">
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1276350" cy="542925"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="4" name="Imagen 4"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Imagen 3"/>
+                          <pic:cNvPr id="4" name="Imagen 3"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11">
+                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8">
                             <a:extLst>
-                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
-                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1276350" cy="542925"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D099470" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="5D099470" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Atención</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5390785C" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="5390785C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Causa irritación ocular</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="0B2A37B9" w14:textId="77777777" w:rsidTr="00461C89">
+      <w:tr w14:paraId="0B2A37B9" w14:textId="77777777" w:rsidTr="00461C89">
+        <w:tblPrEx>
+          <w:tblW w:w="8930" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="77"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="351629D9" w14:textId="24900A00" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="351629D9" w14:textId="24900A00">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="es-CO"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F980815" wp14:editId="168C6F21">
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="342900" cy="457200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Imagen 1" descr="HealthHazard"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Imagen 2" descr="HealthHazard"/>
+                          <pic:cNvPr id="1" name="Imagen 2" descr="HealthHazard"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12" cstate="print">
+                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9" cstate="print">
                             <a:extLst>
-                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
-                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="342900" cy="457200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E50447F" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="2E50447F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Peligro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58608DBC" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="58608DBC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Puede provocar síntomas de alergia, asma o dificultades respiratorias si se inhala</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6DA86030" w14:textId="63F9AC66" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="003F5627" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="6DA86030" w14:textId="63F9AC66">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2.3</w:t>
       </w:r>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00461C89" w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Indicaciones de precaución: Puede generar irritación en los ojos, piel y las vías respiratorias.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F7F032D" w14:textId="7C57B6B8" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="003F5627" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="6F7F032D" w14:textId="7C57B6B8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2.4</w:t>
       </w:r>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00461C89" w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Apariencia en caso de emergencia: Polvo fino inodoro, disperso en el aire es irritante en los ojos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76A9CB5B" w14:textId="4C099FBD" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="003F5627" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="76A9CB5B" w14:textId="4C099FBD">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2.5</w:t>
       </w:r>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00461C89" w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Efectos adversos potenciales para la salud: Baja toxicidad oral, dispersa en el aire puede causar irritación en los ojos, se desconoce casos de irritación en la piel, no evidencia efectos adversos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AEB658E" w14:textId="2841E8E8" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="003F5627" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="6AEB658E" w14:textId="2841E8E8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>2.6</w:t>
       </w:r>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00461C89" w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>NFPA:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="234A3D9E" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00EE0CC9" w:rsidP="00461C89" w14:paraId="4A522870" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="234A3D9E" w14:textId="46FBF0D0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Salud 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="722A9197" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="722A9197" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Inflamabilidad 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66203AB9" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="66203AB9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Reactividad 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="441011BB" w14:textId="67B6B1FE" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="003F5627" w:rsidP="003F5627">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="003F5627" w14:paraId="441011BB" w14:textId="67B6B1FE">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2.7</w:t>
       </w:r>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00461C89" w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Estado regulatorio OSHA: </w:t>
       </w:r>
-      <w:r w:rsidR="00461C89" w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="212121"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Este material es considerado no peligroso por el Estándar de Comunicación de Riesgos de OSHA (29 CFR 1910.1200).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37850F79" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="37850F79" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06AF54F3" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="06AF54F3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="792"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F5AA667" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="0F5AA667" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>INFORMACIÓN DE COMPOSICIÓN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23AE72C5" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="23AE72C5" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:vanish/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1617"/>
         <w:gridCol w:w="1450"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="1BDF98F2" w14:textId="77777777" w:rsidTr="00461C89">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="1BDF98F2" w14:textId="77777777" w:rsidTr="00461C89">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5051" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7675AFA1" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="7675AFA1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>COMPONENTES PELIGROSOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="1234429F" w14:textId="77777777" w:rsidTr="00461C89">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="1234429F" w14:textId="77777777" w:rsidTr="00461C89">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BFB2D4A" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="6BFB2D4A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nombre común</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E0564A0" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="1E0564A0" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Concentración</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FF2019A" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="4FF2019A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Número CAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="4A408893" w14:textId="77777777" w:rsidTr="00461C89">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="4A408893" w14:textId="77777777" w:rsidTr="00461C89">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79EC80C9" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="79EC80C9" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>N.A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0115939D" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="0115939D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>N.A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33CC936D" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="33CC936D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>N.A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28C45BCA" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="28C45BCA" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1950"/>
+        <w:gridCol w:w="2006"/>
         <w:gridCol w:w="1617"/>
         <w:gridCol w:w="1450"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="3A5BA46E" w14:textId="77777777" w:rsidTr="00461C89">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="3A5BA46E" w14:textId="77777777" w:rsidTr="00461C89">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1002113A" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="1002113A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>COMPONENTES NO PELIGROSOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="3A7976FB" w14:textId="77777777" w:rsidTr="00461C89">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="3A7976FB" w14:textId="77777777" w:rsidTr="00461C89">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68BFD8F0" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="68BFD8F0" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Nombre común</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22F26C3F" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="22F26C3F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Concentración</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="492F666E" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="492F666E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Número CAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="6D8DA286" w14:textId="77777777" w:rsidTr="00461C89">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="6D8DA286" w14:textId="77777777" w:rsidTr="00461C89">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60D66009" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="60D66009" w14:textId="42130490">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Polimetilmetacrilato</w:t>
+              <w:t>Polimetil</w:t>
+            </w:r>
+            <w:r w:rsidR="00202843">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E74C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>metacrilato</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B2F25D8" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="1B2F25D8" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>90-99%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7ACB8A82" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89">
+          <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w14:paraId="7ACB8A82" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E74C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>9011-14-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6DA0CDE9" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...21 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="6DA0CDE9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="4D085EC0" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="5527D65F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>MEDIDAS DE PRIMEROS AUXILIOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7457E68E" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="7457E68E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B34D2F0" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="6B34D2F0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="488" w:hanging="431"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Procedimientos de emergencia y primeros auxilios en caso de:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648D3D0B" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...11 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="648D3D0B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="196BB294" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Inhalación: Retirar el paciente de la exposición, llevarlo a un lugar ventilado. Recibir atención médica si aparece algún efecto. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53AE9A9A" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="53AE9A9A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Contacto con los ojos: Lavar los ojos inmediatamente con abundante agua manteniendo los párpados abiertos sosteniendo las pestañas. Acudir al oftalmólogo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6DE0AE" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="6C6DE0AE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Contacto con la piel: Lavar la piel inmediatamente con abundante agua. Retirar la ropa contaminada. Si se presentan síntomas (irritación o ampollas), acudir al médico.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E517224" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="4E517224" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ingestión: Enjuagar la boca con abundante agua. Beber abundante agua. No provocar el vómito.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25949D88" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="25949D88" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="516C24B3" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="516C24B3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Síntomas/efectos más importantes (agudos y/o retardados): Puede generar irritación en los ojos, piel y las vías respiratorias.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC8CD01" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="3CC8CD01" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Antídoto: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E6D815E" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="7E6D815E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Información para médicos: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A08E377" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...21 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="4A08E377" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="520B30DC" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="125E3F97" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>MEDIDAS EN CASO DE INCENDIO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44BA4B43" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="44BA4B43" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="548AD8EC" w14:textId="77777777" w:rsidR="005440F1" w:rsidRPr="004E74C5" w:rsidRDefault="005440F1" w:rsidP="00B94E65">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="005440F1" w:rsidRPr="004E74C5" w:rsidP="00B94E65" w14:paraId="548AD8EC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Propiedades de inflamabilidad: Poco inflamable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB0CB4B" w14:textId="77777777" w:rsidR="005440F1" w:rsidRPr="004E74C5" w:rsidRDefault="005440F1" w:rsidP="00B94E65">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="005440F1" w:rsidRPr="004E74C5" w:rsidP="00B94E65" w14:paraId="6DB0CB4B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Medios de extinción: Se puede extinguir el incendio con agua en spray, espuma, polvo seco o CO2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5125CB5B" w14:textId="77777777" w:rsidR="005440F1" w:rsidRPr="004E74C5" w:rsidRDefault="005440F1" w:rsidP="00B94E65">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="005440F1" w:rsidRPr="004E74C5" w:rsidP="00B94E65" w14:paraId="5125CB5B" w14:textId="4CE63876">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Medios de extinción inadecuados: No utilizar agua</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="17F35D1B" w14:textId="77777777" w:rsidR="005440F1" w:rsidRPr="004E74C5" w:rsidRDefault="005440F1" w:rsidP="00461C89">
+      <w:r w:rsidR="00EE0CC9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005440F1" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="17F35D1B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E47A4FB" w14:textId="77777777" w:rsidR="005440F1" w:rsidRPr="004E74C5" w:rsidRDefault="005440F1" w:rsidP="00461C89">
+    <w:p w:rsidR="005440F1" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="6E47A4FB" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D9118A9" w14:textId="77777777" w:rsidR="005440F1" w:rsidRPr="004E74C5" w:rsidRDefault="005440F1" w:rsidP="00461C89">
+    <w:p w:rsidR="005440F1" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="4D9118A9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18DE763F" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00B94E65">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00B94E65" w14:paraId="18DE763F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Instrucciones para combatir el fuego: Se debe utilizar equipo de protección especial. En caso de permanencia en el área de riesgo se debe utilizar equipo de respiración autónoma y ropa protectora adecuada. Puede descomponerse si es calentado a temperaturas superiores a 200 °C. La descomposición de combustión o térmica puede desarrollar vapores tóxicos, irritantes e inflamables.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="296B1FD0" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00B94E65">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00B94E65" w14:paraId="296B1FD0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Protección de bomberos: Evacúe el área afectada y ataque el fuego a una distancia segura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB028A3" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00B94E65">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00B94E65" w14:paraId="0DB028A3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Equipos de protección y protección para bomberos: Se debe de utilizar equipo de respiración autónoma y traje encapsulado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A139FED" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="3A139FED" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DEB0F1B" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="1DEB0F1B" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DAF47A3" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="5DAF47A3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>MEDIDAS EN CASO DE VERTIDO ACCIDENTAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285C2756" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="285C2756" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="725DD007" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="725DD007" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="488" w:hanging="431"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Técnicas, procedimientos, materiales y equipo de protección en caso de:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="140288D1" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...11 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="140288D1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="40477F89" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Derrames pequeños: El polvo derramado puede ser resbaladizo. Se puede transferir manualmente a un recipiente para su eliminación o recuperación, utilizando guantes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F47ACC" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="11F47ACC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Derrames grandes: Barrer y disponer en tambor de residuos o bolsa plástica. Lavar el área resbaladiza con agua. Evitar que penetren en los sumideros. La descarga incontrolada en cursos de agua debe comunicarse a la autoridad competente correspondiente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B179748" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...11 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="6B179748" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="0313A7AF" w14:textId="3710F6A9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Precauciones ambientales: Evitar el filtrado en la tierra y en las aguas. En caso de producirse grandes vertidos o si el producto contamina lagos, ríos o mares informar a las autoridades competentes, según la legislación local</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+      <w:r w:rsidR="00EE0CC9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="2414A83D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Otras consideraciones: No hay datos disponibles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4786E076" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...21 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="4786E076" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="1C5DF778" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="5BEB7FF2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>MANEJO Y ALMACENAMIENTO DEL PRODUCTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74986072" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="74986072" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14B8E715" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="14B8E715" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Manejo: Tener cuidado de poner el producto en contacto con materiales calientes para evitar quemas. Todo polímero degrada en alguna magnitud si hay sobrecalentamiento. Evitar contacto con los ojos. Evitar contacto prolongado con la piel. Evitar inhalación de altas concentraciones de polvo. Observar las medidas de lucha contra incendio. El producto debe estar alejado de fuentes de ignición.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1485D93D" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="1485D93D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Almacenamiento: Temperatura ambiente, lugar seco. Mantener el producto cubierto a una temperatura de 30 °C como máximo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DEBAD02" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...21 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="6DEBAD02" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="05591A3E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="46508162" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>CONTROLES DE EXPOSICIÓN Y PROTECCIÓN PERSONAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="198063AC" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="198063AC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67CC8660" w14:textId="77777777" w:rsidR="00B94E65" w:rsidRPr="004E74C5" w:rsidRDefault="00B94E65" w:rsidP="00B94E65">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00B94E65" w:rsidRPr="004E74C5" w:rsidP="00B94E65" w14:paraId="67CC8660" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Condiciones para controlar la exposición: Usar máscara para polvo, gafas de seguridad y protección facial.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294FC3E9" w14:textId="77777777" w:rsidR="00B94E65" w:rsidRPr="004E74C5" w:rsidRDefault="00B94E65" w:rsidP="00461C89">
+    <w:p w:rsidR="00B94E65" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="294FC3E9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="741B8501" w14:textId="77777777" w:rsidR="00B94E65" w:rsidRPr="004E74C5" w:rsidRDefault="00B94E65" w:rsidP="00461C89">
+    <w:p w:rsidR="00B94E65" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="741B8501" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A681AA4" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="00EE0CC9" w:rsidP="008270A5" w14:paraId="5A681AA4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Controles de ingeniería: Ventilación adecuada, extractor de aire y equipo para lavar ojos en las áreas de utilización de productos.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+        <w:t xml:space="preserve">Controles de ingeniería: Ventilación adecuada, extractor de aire y equipo para lavar ojos en las </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0CC9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>áreas de utilización de productos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="00EE0CC9" w:rsidP="008270A5" w14:paraId="66D2EC4E" w14:textId="6E9CCDF3">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E74C5">
-[...11 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+      <w:r w:rsidRPr="00EE0CC9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Equipo de protección personal:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0CC9" w:rsidRPr="00EE0CC9" w:rsidP="00EE0CC9" w14:paraId="5EBB14A8" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="00EE0CC9" w:rsidP="00461C89" w14:paraId="44C0474D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="00EE0CC9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Equipo respiratorio: Usar equipo de protección adecuado. Es recomendable utilizar máscara de polvos si los niveles de exposición son altos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F7C1C15" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="00EE0CC9" w:rsidP="00461C89" w14:paraId="1F7C1C15" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="00EE0CC9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Protección de los ojos: Gafas de seguridad y pantalla facial de protección total.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774E1390" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="00EE0CC9" w:rsidP="00461C89" w14:paraId="774E1390" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="00EE0CC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Otros: Usar indumentaria protectora adecuada. Medidas generales de seguridad e higiene. Lavar las manos después del uso.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09517586" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00EE0CC9" w:rsidRPr="00EE0CC9" w:rsidP="00EE0CC9" w14:paraId="0A1B6112" w14:textId="77777777">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="00EE0CC9" w:rsidP="008270A5" w14:paraId="09517586" w14:textId="6AF7FF1A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E74C5">
-[...11 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+      <w:r w:rsidRPr="00EE0CC9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Parámetros de exposición:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0CC9" w:rsidRPr="00EE0CC9" w:rsidP="00EE0CC9" w14:paraId="45724EF3" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="00EE0CC9" w:rsidP="00461C89" w14:paraId="1516530D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="00EE0CC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>PEL (OSHA): polvo total 5 mg/m</w:t>
       </w:r>
-      <w:r w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="00EE0CC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="00EE0CC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>, 8 h. TWA, polvo respirable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="147CC423" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="00EE0CC9" w:rsidP="00461C89" w14:paraId="147CC423" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="00EE0CC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>TLV ACGIH: No disponible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="117D1EDA" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="00EE0CC9" w:rsidP="00461C89" w14:paraId="117D1EDA" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08154426" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="00EE0CC9" w:rsidP="00461C89" w14:paraId="08154426" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32E42D10" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="32E42D10" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E74C5">
-[...8 lines deleted...]
-    <w:p w14:paraId="76A18EAF" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+      <w:r w:rsidRPr="00EE0CC9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>PROPIEDADES FÍSICAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E74C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Y QUÍMICAS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="76A18EAF" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EEBC18B" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="2EEBC18B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Apariencia: Perlas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="256CAF9D" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="256CAF9D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Color: Diferentes colores dependiendo de los pigmentos. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5599E3C3" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="5599E3C3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Olor: Inodoro.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC3A5DB" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="0BC3A5DB" w14:textId="770D6364">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Umbral de olor: Datos no disponibles.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+        <w:t>Umbral de olor: Dato no disponible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="6BBE7941" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Estado físico: Sólido.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="053EA362" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="053EA362" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>pH: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F0EA850" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="4F0EA850" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Punto fusión: Indeterminado. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="005BEA5F" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="005BEA5F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Porcentaje de evaporación: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="613AE1CD" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="613AE1CD" w14:textId="2484A74F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Punto inicial y rango de ebullición: Indeterminado.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t xml:space="preserve">Punto inicial y rango de ebullición: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E74C5" w:rsidR="00202843">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No aplica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E74C5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="2AF56485" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Punto de inflamación (Flash point): 250 °C (482 °F).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="231E0B86" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="231E0B86" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Tasa de evaporación: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52ACD8EA" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="52ACD8EA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Inflamabilidad (sólido gas): Indeterminado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C0A5C8D" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="4C0A5C8D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Límite superior/inferior de inflamabilidad o explosión: Indeterminado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="448D7B5E" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="448D7B5E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Presión de vapor: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C29F71" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="02C29F71" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Densidad de vapor: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F6B60CD" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="7F6B60CD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Gravedad específica o densidad relativa: Indeterminado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="556DA5DD" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="556DA5DD" w14:textId="10134F8E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">Solubilidad en agua: Despreciable. </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>Solubilidad en agua: Despreciable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="6A80F6C2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Coeficiente de reparto n-octanol/agua: Indeterminado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70876AC2" w14:textId="0A7A3553" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="70876AC2" w14:textId="0A7A3553">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Temperatura de </w:t>
       </w:r>
-      <w:r w:rsidR="004E74C5" w:rsidRPr="004E74C5">
+      <w:r w:rsidRPr="004E74C5" w:rsidR="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>autoignición</w:t>
       </w:r>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>: El producto no es auto inflamable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16177F1A" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="16177F1A" w14:textId="4FDFA37F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Temperatura de descomposición: No determinado</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+      <w:r w:rsidR="00202843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="1E73CE35" w14:textId="211DB4DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Valor de calor: Datos no disponibles.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>Valor de calor: Dato no disponible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="5BBA7ED9" w14:textId="78633ABB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Contenido de compuestos orgánicos volátiles: Datos no disponibles.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+        <w:t>Contenido de compuestos orgánicos volátiles: Dato no disponible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="1CA1427F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Punto de ablandamiento: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7180B8AF" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="7180B8AF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Viscosidad: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7239F467" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="7239F467" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Densidad aparente (Bulk density): No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="346203BD" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="346203BD" w14:textId="2BDAAF73">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Porcentaje de volatilidad: Datos no disponibles.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>Porcentaje de volatilidad: Dato no disponible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="2F3627ED" w14:textId="367B3AD6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Concentración de vapor saturado: Datos no disponibles.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t xml:space="preserve">Concentración de vapor saturado: </w:t>
+      </w:r>
+      <w:r w:rsidR="00202843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>No aplica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E74C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="4BA686C3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Peso molecular: 800,000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8CD49C" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="4E8CD49C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Fórmula molecular: (C</w:t>
       </w:r>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4158,2548 +4315,2469 @@
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC5427C" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...21 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="0BC5427C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="29945269" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="3A2A44EF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ESTABILIDAD Y REACTIVIDAD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A366E9" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="02A366E9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51AFA334" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="51AFA334" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Estabilidad química: Muy estable. No calentar a más de 200°C. Un calentamiento prolongado o la presencia de un catalizador pueden reiniciar la polimerización.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A14E253" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="5A14E253" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Posibilidad de reacciones peligrosas: Reacción exotérmica (generación de calor).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E3B723A" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="6E3B723A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Condiciones a evitar: Incompatibilidad con peróxido o compuestos azo, ácidos fuertes, álcalis y agentes oxidantes. Con bases, ácidos y solventes inflamables. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="799A005F" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="799A005F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Incompatibilidad con otros materiales: Monómero.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240D2C88" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="240D2C88" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Productos de descomposición peligrosos: Vapores de monómero.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2872262A" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="2872262A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Polimerización peligrosa: Reacción exotérmica (generación de calor).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E2EDB0C" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...21 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="3E2EDB0C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="26962145" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="68871999" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>INFORMACIÓN TOXICOLÓGICA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21EDF201" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="21EDF201" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4069C7A9" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="4069C7A9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Posibles vías de exposición: Respiratoria, dérmica y ocular.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="351D7A2F" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="351D7A2F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Toxicidad aguda: Inhalación: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E5241B" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="46E5241B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Inhalación: Se desconocen los riesgos para la salud tras la inhalación de este producto. Altas concentraciones de este polvo pueden irritar las vías respiratorias. Altas concentraciones de vapores originados por el sobrecalentamiento pueden irritar las vías respiratorias.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FA70124" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="5FA70124" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Contacto con la piel: No se conocen casos de irritación de la piel por contacto con este producto. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E39A0C" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="24E39A0C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En caso de ingestión: Este producto tiene una baja toxicidad oral, pero si se ingiere, puede irritar el tracto gastrointestinal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A997B47" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="4A997B47" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Toxicidad crónica: Largo plazo de exposición: Este material ha sido usado por muchos años sin evidencia de efectos adversos. Según estudios, no existe ninguna razón para creer que el polimetilmetacrilato representa un riesgo carcinogénico o mutagénico para el hombre. A altas exposiciones no producen efectos tóxicos para el embrión o feto, ni efectos teratógenos en presencia de toxicidad maternal. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D1B201E" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="7D1B201E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Otra información: Datos no disponibles. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14AC0A20" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="14AC0A20" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="270D1E68" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...11 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00202843" w14:paraId="270D1E68" w14:textId="7F899668">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="5C5C067F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="3D5438C6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>INFORMACIÓN ECOLÓGICA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6312D839" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...11 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="6312D839" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="64FDE9CE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecotoxicidad: El producto tiene baja toxicidad en organismos acuáticos. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BFF81A3" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="7BFF81A3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Toxicidad: El producto tiene una baja toxicidad en los organismos acuáticos </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141D4972" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="141D4972" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Persistencia y degradabilidad: El producto es no biodegradable en suelo. No hay evidencia de degradación en suelo y agua</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42975E60" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...11 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="42975E60" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="28C108D6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Potencial de bioacumulación: Tiene bajo potencial de acumulación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107CCDAA" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="107CCDAA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Movilidad en el suelo: Baja movilidad en el suelo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EEAB705" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="1EEAB705" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Otros efectos adversos: No hay ninguna información adicional.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7C0080" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="2D7C0080" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="092C057F" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...11 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="092C057F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="78DB8830" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>CONSIDERACIONES DE DISPOSICIÓN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19049C57" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="19049C57" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60EE75AB" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="60EE75AB" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Recicle si es posible. No arrojar a fuentes de agua. Observar las regulaciones locales aplicables vigentes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37250693" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...9 lines deleted...]
-    <w:p w14:paraId="227A0CFF" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="37250693" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="227A0CFF" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ADVERTENCIA:</w:t>
       </w:r>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> Las leyes, regulaciones y restricciones locales pueden cambiar o ser reinterpretadas, y diferir de las nacionales, por lo que las consideraciones de disposición del material y su empaque, pueden variar con respecto a las consignadas en este documento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F515313" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="3F515313" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DECE1D6" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...11 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="2DECE1D6" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="73A091BA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>INFORMACIÓN DE TRANSPORTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7203753E" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="7203753E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09B5C24A" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="09B5C24A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Material peligroso: Ninguno.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CEB409D" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="1CEB409D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Clase de riesgo: Ninguno.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081A9590" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="081A9590" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Número UN: No disponible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE87692" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="7EE87692" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Clasificación IATA: Material no peligroso.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3719C742" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="3719C742" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Grupo de embalaje: Ninguno. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FE1181" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="72FE1181" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Contaminante marino (Sí/No): No. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17F27C99" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="17F27C99" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CA2C170" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...11 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="4CA2C170" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="1AE3C6F2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>INFORMACIÓN REGLAMENTARIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5402EA" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="2F5402EA" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45008C0C" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="45008C0C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">En Colombia: Transportar de acuerdo con lo estipulado por el decreto 1609 de 2002 sobre el transporte de sustancias químicas y peligrosas por carretera. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41097550" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="008270A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="41097550" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="573"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Internacional: Etiquetado según directrices de la CEE/Reglamento sobre sustancias peligrosas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E64672" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="22E64672" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="426" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="772948B8" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...11 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00202843" w14:paraId="772948B8" w14:textId="51721392">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="2065B549" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="008270A5" w14:paraId="05D7BBB9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>OTRA INFORMACIÓN IMPORTANTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40496BDE" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...9 lines deleted...]
-    <w:p w14:paraId="5BBBFE4F" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="40496BDE" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="5BBBFE4F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La información consignada en este documento se basa en nuestro conocimiento actual y se da de buena fe, pero no se da garantía expresa o implícita, ni asume ninguna responsabilidad por el uso inadecuado del producto. El presente documento está elaborado acorde con: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561814A9" w14:textId="77777777" w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...11 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="561814A9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00461C89" w:rsidRPr="004E74C5" w:rsidP="00461C89" w14:paraId="74DD69D0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Globally Harmonized System of Classification and Labelling of Chemicals – GHS (Sistema Globalmente Armonizado de Clasificación y Etiquetado de Productos Químicos). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294DD83D" w14:textId="4FC8D35F" w:rsidR="00381402" w:rsidRPr="004E74C5" w:rsidRDefault="00461C89" w:rsidP="00461C89">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00B94E65" w:rsidRPr="00202843" w:rsidP="00202843" w14:paraId="3AC2C1B8" w14:textId="4CB5CB0F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E74C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Norma Técnica Colombiana NTC 4435:2010. Transporte de Mercancías. Hojas de Datos de Seguridad para Materiales. Preparación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC2C1B8" w14:textId="77777777" w:rsidR="00B94E65" w:rsidRPr="004E74C5" w:rsidRDefault="00B94E65">
-[...15 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+    <w:sectPr w:rsidSect="005A77FE">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="3261" w:right="1701" w:bottom="2268" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="StarSymbol">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10008000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="7136F599" w14:textId="77777777" w:rsidR="008014C4" w:rsidRDefault="008014C4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="008E46E8" w:rsidP="00A95F15" w14:paraId="01AFD44C" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-[...9 lines deleted...]
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
-      <w:pict w14:anchorId="5AAB317B">
+      <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="_x0000_s2058" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-17.9pt;margin-top:-62.95pt;width:478.5pt;height:96.85pt;z-index:251661312" filled="f" stroked="f">
-          <v:textbox style="mso-next-textbox:#_x0000_s2058">
+        <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:478.5pt;height:96.85pt;margin-top:-62.95pt;margin-left:-17.9pt;position:absolute;z-index:251658240" filled="f" stroked="f">
+          <v:textbox>
             <w:txbxContent>
               <w:tbl>
                 <w:tblPr>
                   <w:tblW w:w="8881" w:type="dxa"/>
                   <w:jc w:val="center"/>
                   <w:tblBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tblBorders>
                   <w:tblLayout w:type="fixed"/>
-                  <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                  <w:tblLook w:val="04A0"/>
                 </w:tblPr>
                 <w:tblGrid>
                   <w:gridCol w:w="816"/>
                   <w:gridCol w:w="1111"/>
-                  <w:gridCol w:w="3711"/>
-                  <w:gridCol w:w="2242"/>
+                  <w:gridCol w:w="3260"/>
+                  <w:gridCol w:w="2693"/>
                   <w:gridCol w:w="1001"/>
                 </w:tblGrid>
-                <w:tr w:rsidR="00696AEC" w:rsidRPr="00696AEC" w14:paraId="1B46E724" w14:textId="77777777" w:rsidTr="00A202CF">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="1B46E724" w14:textId="77777777" w:rsidTr="00855CA5">
+                  <w:tblPrEx>
+                    <w:tblW w:w="8881" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1927" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="4EB95C1A" w14:textId="77777777" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00696AEC" w:rsidP="009167DF">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="009167DF" w14:paraId="4EB95C1A" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00696AEC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Fecha de Creación</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
-                      <w:tcW w:w="3711" w:type="dxa"/>
+                      <w:tcW w:w="3260" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="380F4091" w14:textId="77777777" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00696AEC" w:rsidP="009167DF">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="009167DF" w14:paraId="380F4091" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00696AEC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Elaborado por:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
-                      <w:tcW w:w="3243" w:type="dxa"/>
+                      <w:tcW w:w="3694" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="3C2CBC77" w14:textId="77777777" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00696AEC" w:rsidP="009167DF">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="009167DF" w14:paraId="3C2CBC77" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00696AEC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Revisado por:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="00696AEC" w:rsidRPr="00696AEC" w14:paraId="2C6BBE3E" w14:textId="77777777" w:rsidTr="00A202CF">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="2C6BBE3E" w14:textId="77777777" w:rsidTr="00855CA5">
+                  <w:tblPrEx>
+                    <w:tblW w:w="8881" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1927" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="0A1E159D" w14:textId="77777777" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00696AEC" w:rsidP="009167DF">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="009167DF" w14:paraId="0A1E159D" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2014-09-25</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
-                      <w:tcW w:w="3711" w:type="dxa"/>
+                      <w:tcW w:w="3260" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="3F2FF117" w14:textId="61321707" w:rsidR="00696AEC" w:rsidRPr="00D0141C" w:rsidRDefault="00A63B54" w:rsidP="00696AEC">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00D0141C" w:rsidP="00696AEC" w14:paraId="3F2FF117" w14:textId="159B241F">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="pt-BR"/>
                         </w:rPr>
-                        <w:t>Analista Estabilidades Dispositivos Médicos</w:t>
+                        <w:t xml:space="preserve">Analista </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00855CA5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:lang w:val="pt-BR"/>
+                        </w:rPr>
+                        <w:t>Técnico Resinas Acrílicas</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
-                      <w:tcW w:w="3243" w:type="dxa"/>
+                      <w:tcW w:w="3694" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="2D40DD04" w14:textId="12D8C65A" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00A63B54" w:rsidP="009167DF">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="009167DF" w14:paraId="2D40DD04" w14:textId="32A63C8C">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>Analista Especializado Polimerización</w:t>
+                        <w:t>Coordinador Técnico Dispositivos Médicos</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="00696AEC" w:rsidRPr="00696AEC" w14:paraId="226ABF75" w14:textId="77777777" w:rsidTr="00A202CF">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="226ABF75" w14:textId="77777777" w:rsidTr="00855CA5">
+                  <w:tblPrEx>
+                    <w:tblW w:w="8881" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="816" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="3C6E178E" w14:textId="77777777" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00696AEC" w:rsidP="009167DF">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="009167DF" w14:paraId="3C6E178E" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00696AEC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Clase</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1111" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="668A83EA" w14:textId="77777777" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00696AEC" w:rsidP="009167DF">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="009167DF" w14:paraId="668A83EA" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00696AEC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Página</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
-                      <w:tcW w:w="3711" w:type="dxa"/>
+                      <w:tcW w:w="3260" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="6AF3A656" w14:textId="77777777" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00696AEC" w:rsidP="009167DF">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="009167DF" w14:paraId="6AF3A656" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00696AEC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Aprobado por:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
-                      <w:tcW w:w="2242" w:type="dxa"/>
+                      <w:tcW w:w="2693" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="20411486" w14:textId="77777777" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00696AEC" w:rsidP="009167DF">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="009167DF" w14:paraId="20411486" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00696AEC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Fecha de Actualización</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1001" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="7BBD2614" w14:textId="77777777" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00696AEC" w:rsidP="009167DF">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="009167DF" w14:paraId="7BBD2614" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00696AEC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Versión</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="00696AEC" w:rsidRPr="00696AEC" w14:paraId="4CFADC7C" w14:textId="77777777" w:rsidTr="00A202CF">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="4CFADC7C" w14:textId="77777777" w:rsidTr="00855CA5">
+                  <w:tblPrEx>
+                    <w:tblW w:w="8881" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="816" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="743FBE72" w14:textId="77777777" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00696AEC" w:rsidP="009167DF">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="009167DF" w14:paraId="743FBE72" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>E</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1111" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="es-ES"/>
                         </w:rPr>
                         <w:id w:val="1943106975"/>
                         <w:docPartObj>
                           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
                           <w:docPartUnique/>
                         </w:docPartObj>
                       </w:sdtPr>
-                      <w:sdtEndPr/>
                       <w:sdtContent>
-                        <w:p w14:paraId="4C7A1E8A" w14:textId="77777777" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00087214" w:rsidP="009167DF">
+                        <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="009167DF" w14:paraId="4C7A1E8A" w14:textId="77777777">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00696AEC">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
-                          <w:r w:rsidR="00696AEC" w:rsidRPr="00696AEC">
+                          <w:r w:rsidRPr="00696AEC">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r w:rsidRPr="00696AEC">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r w:rsidR="00083ED7">
+                          <w:r w:rsidR="008014C4">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00696AEC">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
-                          <w:r w:rsidR="00696AEC" w:rsidRPr="00696AEC">
+                          <w:r w:rsidRPr="00696AEC">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> de </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00696AEC">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
-                          <w:r w:rsidR="00696AEC" w:rsidRPr="00696AEC">
+                          <w:r w:rsidRPr="00696AEC">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
                           </w:r>
                           <w:r w:rsidRPr="00696AEC">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r w:rsidR="00083ED7">
+                          <w:r w:rsidR="008014C4">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:t>3</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00696AEC">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:sdtContent>
                     </w:sdt>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
-                      <w:tcW w:w="3711" w:type="dxa"/>
+                      <w:tcW w:w="3260" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="03F2692E" w14:textId="7F8BAE10" w:rsidR="00696AEC" w:rsidRPr="00A63B54" w:rsidRDefault="00A63B54" w:rsidP="00A63B54">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00A63B54" w:rsidP="00A63B54" w14:paraId="03F2692E" w14:textId="380E3994">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
-[...48 lines deleted...]
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
+                        <w:t xml:space="preserve">Director Técnico Dispositivos Médicos </w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="2693" w:type="dxa"/>
+                      <w:vAlign w:val="center"/>
+                    </w:tcPr>
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="00696AEC" w14:paraId="05B9C369" w14:textId="60494862">
+                      <w:pPr>
+                        <w:pStyle w:val="Footer"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007B475B">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
                         <w:t>20</w:t>
                       </w:r>
-                      <w:r w:rsidR="00381780">
+                      <w:r w:rsidRPr="007B475B" w:rsidR="00381780">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="008A3720">
+                      <w:r w:rsidRPr="007B475B" w:rsidR="00855CA5">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>2</w:t>
+                        <w:t>5-</w:t>
                       </w:r>
-                      <w:r w:rsidR="00381780">
+                      <w:r w:rsidRPr="007B475B" w:rsidR="007B475B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>-0</w:t>
-[...23 lines deleted...]
-                        <w:t>6</w:t>
+                        <w:t>12-12</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1001" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="428A4160" w14:textId="2FC4BEE8" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00696AEC" w:rsidP="009167DF">
+                    <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="009167DF" w14:paraId="428A4160" w14:textId="65212E50">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>0</w:t>
                       </w:r>
-                      <w:r w:rsidR="008A3720">
+                      <w:r w:rsidR="00855CA5">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
               </w:tbl>
-              <w:p w14:paraId="4EE96E5E" w14:textId="77777777" w:rsidR="008E46E8" w:rsidRDefault="00696AEC" w:rsidP="00381402">
+              <w:p w:rsidR="008E46E8" w:rsidP="00381402" w14:paraId="4EE96E5E" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">    DOCUMENTO DE REFERENCIA: DPDDPR-003</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="6C3BE682" w14:textId="00FBEF10" w:rsidR="00696AEC" w:rsidRDefault="00696AEC" w:rsidP="00381402">
+              <w:p w:rsidR="00696AEC" w:rsidP="00381402" w14:paraId="6C3BE682" w14:textId="6604ED9F">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">    FECHA DE ACTUALIZACIÓN: 20</w:t>
                 </w:r>
                 <w:r w:rsidR="00A63B54">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
-                  <w:t>20-11-17</w:t>
+                  <w:t>2</w:t>
+                </w:r>
+                <w:r w:rsidR="00855CA5">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>3-11-29</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="51070BAD" w14:textId="6EE40DAA" w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidRDefault="00696AEC" w:rsidP="00381402">
+              <w:p w:rsidR="00696AEC" w:rsidRPr="00696AEC" w:rsidP="00381402" w14:paraId="51070BAD" w14:textId="7A0447B7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">    VERSIÓN: 0</w:t>
                 </w:r>
-                <w:r w:rsidR="00A63B54">
+                <w:r w:rsidR="00855CA5">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
-                  <w:t>6</w:t>
+                  <w:t>7</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="388204BA" w14:textId="77777777" w:rsidR="008014C4" w:rsidRDefault="008014C4">
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="008E46E8" w14:paraId="1FF763EF" w14:textId="4C1DF75D">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-[...38 lines deleted...]
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34A78C0B" wp14:editId="51539001">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-775335</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-2540</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7142480" cy="9372600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="8" name="Imagen 8"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Imagen 1"/>
+                  <pic:cNvPr id="8" name="Imagen 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                      <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7142792" cy="9373010"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="70C19021" w14:textId="77777777" w:rsidR="008E46E8" w:rsidRDefault="00083ED7">
+  <w:p w:rsidR="008E46E8" w14:paraId="70C19021" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
-      <w:pict w14:anchorId="188252B2">
+      <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="_x0000_s2062" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-59pt;margin-top:65.9pt;width:558.9pt;height:42.7pt;z-index:251664384" filled="f" stroked="f">
-          <v:textbox style="mso-next-textbox:#_x0000_s2062">
+        <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:552.5pt;height:42.7pt;margin-top:65.45pt;margin-left:-56.25pt;position:absolute;z-index:251658240" filled="f" stroked="f">
+          <v:textbox>
             <w:txbxContent>
-              <w:p w14:paraId="74962C13" w14:textId="77777777" w:rsidR="00DC4C87" w:rsidRPr="00C47659" w:rsidRDefault="00DC4C87" w:rsidP="00DC4C87">
+              <w:p w:rsidR="00DC4C87" w:rsidRPr="00C47659" w:rsidP="00DC4C87" w14:paraId="74962C13" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C47659">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>FICHA DE SEGURIDAD</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="4025C06D" w14:textId="77777777" w:rsidR="00B1784E" w:rsidRPr="00C47659" w:rsidRDefault="00B1784E" w:rsidP="00B1784E">
+              <w:p w:rsidR="00B1784E" w:rsidRPr="00C47659" w:rsidP="00B1784E" w14:paraId="4025C06D" w14:textId="32F47676">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C47659">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>RESINA ACRÍLICA TERMOPOLIMERIZABLE VERACRIL®/OPTI-CRYL®, EZ-CRYL®</w:t>
+                  <w:t>RESINA ACRÍLICA TERMOPOLIMERIZABLE VERACRIL®/OPTI-CRYL®</w:t>
                 </w:r>
-                <w:r w:rsidR="00810C8A" w:rsidRPr="00C47659">
+                <w:r w:rsidRPr="00C47659" w:rsidR="00810C8A">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>, NOVACRYL®</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="0353E241" w14:textId="77777777" w:rsidR="00B1784E" w:rsidRPr="00C47659" w:rsidRDefault="00C47659" w:rsidP="00B1784E">
+              <w:p w:rsidR="00B1784E" w:rsidRPr="00C47659" w:rsidP="00B1784E" w14:paraId="0353E241" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C47659">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>DPDDFS-060</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="441B841F" w14:textId="77777777" w:rsidR="00DC4C87" w:rsidRPr="002B1237" w:rsidRDefault="00DC4C87" w:rsidP="00DC4C87">
+              <w:p w:rsidR="00DC4C87" w:rsidRPr="002B1237" w:rsidP="00DC4C87" w14:paraId="441B841F" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EAC4F3F4"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="3.%1 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="283"/>
         </w:tabs>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
@@ -8003,147 +8081,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="036A167B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E76C910"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="061C17F7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="240A001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8212,50 +8290,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BAE45E1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="20E4315A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
@@ -8291,373 +8370,373 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DD25FAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7090A23E"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F8170E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E38349A"/>
-    <w:lvl w:ilvl="0" w:tplc="F7F03400">
+    <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="106367CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="94389546"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="148D1035"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EDC2CFB0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8922,260 +9001,260 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19DB2077"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BA686F4"/>
-    <w:lvl w:ilvl="0" w:tplc="F7F03400">
+    <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2586" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3306" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4026" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4746" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5466" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6906" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19E926EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7494EC56"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2226" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2946" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3666" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4386" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A9627D1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4B4066D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9351,147 +9430,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28D1269E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86BA24FE"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2302" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3022" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3742" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4462" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B66354A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="32A2DB9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9645,373 +9724,373 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DA67803"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE8A5EAE"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31833887"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BF86F164"/>
-    <w:lvl w:ilvl="0" w:tplc="F7F03400">
+    <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2586" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3306" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4026" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4746" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5466" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6906" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32DD0116"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8DC2F22A"/>
-    <w:lvl w:ilvl="0" w:tplc="F7F03400">
+    <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="340316E3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="32D0E42C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10431,147 +10510,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6110701A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C652DBCA"/>
-    <w:lvl w:ilvl="0" w:tplc="F7F03400">
+    <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C664B84"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="30D245D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10736,50 +10815,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="722551EE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C018D6FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
@@ -10815,147 +10895,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77CA4DE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EF4D2D2"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2302" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3022" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3742" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4462" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79C13293"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="45508C08"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11129,285 +11209,263 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="724"/>
         </w:tabs>
         <w:ind w:left="724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="776"/>
         </w:tabs>
         <w:ind w:left="776" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="4138139">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1584411084">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1497767664">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="918709215">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="195627308">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="495267105">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="520514426">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="680132652">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="23599385">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1111440545">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1067533378">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="700477359">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1450472469">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1634824160">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1132285091">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1464150883">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1470900079">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1412510186">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="990796069">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="2140803731">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1133405168">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="291331725">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="54091753">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1226797697">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1099062607">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1885286404">
     <w:abstractNumId w:val="29"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1191645591">
     <w:abstractNumId w:val="33"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="728649991">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="2033988808">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="78990729">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="914436501">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="712192934">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1546798252">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="750349577">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1512067807">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="245725405">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...12 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...13 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="0004717D"/>
     <w:rsid w:val="000026FD"/>
     <w:rsid w:val="0004717D"/>
     <w:rsid w:val="00057577"/>
     <w:rsid w:val="000718AE"/>
     <w:rsid w:val="0007249E"/>
     <w:rsid w:val="00073945"/>
-    <w:rsid w:val="00083ED7"/>
     <w:rsid w:val="00085EB4"/>
     <w:rsid w:val="00087214"/>
     <w:rsid w:val="00087A21"/>
     <w:rsid w:val="000A0B1E"/>
     <w:rsid w:val="000E7C8B"/>
     <w:rsid w:val="000F3B73"/>
     <w:rsid w:val="00122F45"/>
     <w:rsid w:val="00146E63"/>
     <w:rsid w:val="001509E9"/>
     <w:rsid w:val="001518D0"/>
     <w:rsid w:val="00154331"/>
     <w:rsid w:val="0015559A"/>
     <w:rsid w:val="0016526C"/>
     <w:rsid w:val="00173EF8"/>
     <w:rsid w:val="001746A2"/>
     <w:rsid w:val="00192265"/>
     <w:rsid w:val="00197247"/>
     <w:rsid w:val="001A1F30"/>
     <w:rsid w:val="001C307D"/>
     <w:rsid w:val="001E5203"/>
     <w:rsid w:val="001F27F8"/>
     <w:rsid w:val="001F4D83"/>
+    <w:rsid w:val="00202843"/>
+    <w:rsid w:val="00203170"/>
     <w:rsid w:val="00204B38"/>
     <w:rsid w:val="00220B45"/>
     <w:rsid w:val="00244D40"/>
     <w:rsid w:val="00250C70"/>
     <w:rsid w:val="00252AA5"/>
     <w:rsid w:val="00254082"/>
     <w:rsid w:val="0028006E"/>
     <w:rsid w:val="00281269"/>
     <w:rsid w:val="00287E5B"/>
     <w:rsid w:val="002A1B72"/>
     <w:rsid w:val="002A7AB9"/>
     <w:rsid w:val="002B1237"/>
     <w:rsid w:val="002B357C"/>
     <w:rsid w:val="002D4F77"/>
     <w:rsid w:val="002D5CA5"/>
     <w:rsid w:val="002E68A9"/>
     <w:rsid w:val="002F4B84"/>
     <w:rsid w:val="00306E91"/>
     <w:rsid w:val="00315CFC"/>
     <w:rsid w:val="003208B1"/>
     <w:rsid w:val="00321740"/>
     <w:rsid w:val="00336C5A"/>
     <w:rsid w:val="003741A7"/>
     <w:rsid w:val="00376363"/>
     <w:rsid w:val="00376A76"/>
@@ -11443,205 +11501,210 @@
     <w:rsid w:val="00585761"/>
     <w:rsid w:val="0058709B"/>
     <w:rsid w:val="00590E55"/>
     <w:rsid w:val="00592743"/>
     <w:rsid w:val="00592C29"/>
     <w:rsid w:val="00596F47"/>
     <w:rsid w:val="005A77FE"/>
     <w:rsid w:val="005B1079"/>
     <w:rsid w:val="005E1E05"/>
     <w:rsid w:val="005E22F3"/>
     <w:rsid w:val="005F1EB1"/>
     <w:rsid w:val="006328C5"/>
     <w:rsid w:val="00647843"/>
     <w:rsid w:val="00670745"/>
     <w:rsid w:val="0067737D"/>
     <w:rsid w:val="00677AD5"/>
     <w:rsid w:val="00696AEC"/>
     <w:rsid w:val="006B20F7"/>
     <w:rsid w:val="006C07A2"/>
     <w:rsid w:val="006F31B7"/>
     <w:rsid w:val="00733740"/>
     <w:rsid w:val="007412DB"/>
     <w:rsid w:val="00742C63"/>
     <w:rsid w:val="007857F6"/>
     <w:rsid w:val="007A2917"/>
+    <w:rsid w:val="007B475B"/>
     <w:rsid w:val="007C7476"/>
     <w:rsid w:val="007C76F9"/>
     <w:rsid w:val="007E353B"/>
     <w:rsid w:val="007F04C2"/>
     <w:rsid w:val="008014C4"/>
     <w:rsid w:val="00807D81"/>
     <w:rsid w:val="00810C8A"/>
     <w:rsid w:val="008143AF"/>
     <w:rsid w:val="0082653D"/>
     <w:rsid w:val="00826EB6"/>
     <w:rsid w:val="008270A5"/>
     <w:rsid w:val="00827AC9"/>
     <w:rsid w:val="00855230"/>
+    <w:rsid w:val="00855CA5"/>
     <w:rsid w:val="0089204D"/>
     <w:rsid w:val="0089471D"/>
     <w:rsid w:val="008A3720"/>
     <w:rsid w:val="008A4F89"/>
     <w:rsid w:val="008A740E"/>
     <w:rsid w:val="008D398F"/>
     <w:rsid w:val="008D4342"/>
     <w:rsid w:val="008D5311"/>
     <w:rsid w:val="008E43B4"/>
     <w:rsid w:val="008E46E8"/>
     <w:rsid w:val="008F7F57"/>
+    <w:rsid w:val="009167DF"/>
     <w:rsid w:val="0091759F"/>
     <w:rsid w:val="00922C4F"/>
     <w:rsid w:val="009479E2"/>
     <w:rsid w:val="00982227"/>
     <w:rsid w:val="00983F7E"/>
     <w:rsid w:val="00985AFC"/>
     <w:rsid w:val="009954C7"/>
     <w:rsid w:val="009B34F0"/>
     <w:rsid w:val="009C2D0F"/>
     <w:rsid w:val="009C6EA7"/>
     <w:rsid w:val="009C73EE"/>
     <w:rsid w:val="009E6052"/>
     <w:rsid w:val="00A000A5"/>
     <w:rsid w:val="00A03036"/>
     <w:rsid w:val="00A03466"/>
     <w:rsid w:val="00A202CF"/>
     <w:rsid w:val="00A54BAD"/>
     <w:rsid w:val="00A56C67"/>
     <w:rsid w:val="00A61712"/>
     <w:rsid w:val="00A63B54"/>
     <w:rsid w:val="00A66920"/>
     <w:rsid w:val="00A70E78"/>
     <w:rsid w:val="00A74722"/>
     <w:rsid w:val="00A86C07"/>
     <w:rsid w:val="00A95F15"/>
     <w:rsid w:val="00AB16A3"/>
     <w:rsid w:val="00AB7719"/>
     <w:rsid w:val="00AC3D8D"/>
     <w:rsid w:val="00AC511D"/>
     <w:rsid w:val="00AD4BA9"/>
     <w:rsid w:val="00B137B4"/>
     <w:rsid w:val="00B1784E"/>
     <w:rsid w:val="00B25EAA"/>
     <w:rsid w:val="00B27670"/>
+    <w:rsid w:val="00B32130"/>
     <w:rsid w:val="00B3772B"/>
     <w:rsid w:val="00B82637"/>
     <w:rsid w:val="00B94E65"/>
     <w:rsid w:val="00BA2592"/>
     <w:rsid w:val="00BB1537"/>
     <w:rsid w:val="00BB27C5"/>
     <w:rsid w:val="00BB72A6"/>
     <w:rsid w:val="00BD0973"/>
     <w:rsid w:val="00BD3D3A"/>
     <w:rsid w:val="00BE1A7E"/>
     <w:rsid w:val="00C47659"/>
     <w:rsid w:val="00C6111B"/>
     <w:rsid w:val="00C7776A"/>
     <w:rsid w:val="00CA45EE"/>
     <w:rsid w:val="00CA49AD"/>
     <w:rsid w:val="00CA5740"/>
     <w:rsid w:val="00CA6BDA"/>
     <w:rsid w:val="00CB090B"/>
     <w:rsid w:val="00CC7338"/>
     <w:rsid w:val="00CD6EBA"/>
     <w:rsid w:val="00CE4418"/>
     <w:rsid w:val="00CF34BA"/>
     <w:rsid w:val="00D00FC2"/>
     <w:rsid w:val="00D01154"/>
     <w:rsid w:val="00D0141C"/>
     <w:rsid w:val="00D0263D"/>
     <w:rsid w:val="00D45314"/>
     <w:rsid w:val="00D76248"/>
     <w:rsid w:val="00D865C4"/>
     <w:rsid w:val="00DA76C5"/>
     <w:rsid w:val="00DB1A34"/>
     <w:rsid w:val="00DC4C87"/>
+    <w:rsid w:val="00E00A81"/>
     <w:rsid w:val="00E234B2"/>
+    <w:rsid w:val="00E266B1"/>
     <w:rsid w:val="00E46BF7"/>
     <w:rsid w:val="00E60E9C"/>
     <w:rsid w:val="00E777F4"/>
     <w:rsid w:val="00E81D2F"/>
+    <w:rsid w:val="00EE0CC9"/>
     <w:rsid w:val="00EF4C76"/>
     <w:rsid w:val="00F00AC8"/>
     <w:rsid w:val="00F2059A"/>
+    <w:rsid w:val="00F410E1"/>
     <w:rsid w:val="00F462C1"/>
     <w:rsid w:val="00F65785"/>
     <w:rsid w:val="00F96887"/>
     <w:rsid w:val="00FA24B0"/>
     <w:rsid w:val="00FC05CC"/>
     <w:rsid w:val="00FC526B"/>
     <w:rsid w:val="00FD59BF"/>
     <w:rsid w:val="00FE7688"/>
     <w:rsid w:val="00FF1650"/>
     <w:rsid w:val="00FF2828"/>
   </w:rsids>
+  <w:docVars>
+    <w:docVar w:name="APPROVER" w:val="Daniel Osorio Amariles"/>
+    <w:docVar w:name="CONSENT" w:val="Gabriel Jaime Gomez Mejia"/>
+    <w:docVar w:name="DATECR" w:val="2025/07/10"/>
+    <w:docVar w:name="DATEREV" w:val="2025/12/12"/>
+    <w:docVar w:name="DOC" w:val="DPDDFS-060"/>
+    <w:docVar w:name="ELABFUNCTION" w:val="JEFE DEPARTAMENTO DISEÑO Y DESARROLLO"/>
+    <w:docVar w:name="ELABORATOR" w:val="Elizabeth Rojas Zapata; Cesar Eduardo Cardona Quintero"/>
+    <w:docVar w:name="ELABUSERFUNCTION" w:val="Rosaura Carmona - JEFE DEPARTAMENTO DISEÑO Y DESARROLLO"/>
+    <w:docVar w:name="IDLOGINCURRENT" w:val="RCarmona"/>
+    <w:docVar w:name="NMUSERCURRENT" w:val="Rosaura Carmona"/>
+    <w:docVar w:name="NRCOPY" w:val="1"/>
+    <w:docVar w:name="REV" w:val="07"/>
+    <w:docVar w:name="TITLE" w:val="FICHA DE SEGURIDAD RESINA ACRILICA TERMOPOLIMERIZABLE"/>
+  </w:docVars>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
-    <m:brkBin m:val="before"/>
-[...8 lines deleted...]
-    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...6 lines deleted...]
-  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1AC3D0C7"/>
   <w15:docId w15:val="{720E556E-D595-4449-B54C-51D323A6EC7C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11969,646 +12032,634 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00281269"/>
     <w:rPr>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo5Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="243F60"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo6Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="243F60"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo7Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo8Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textodeglobo">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004717D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Textodeglobo"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0004717D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Encabezado">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004717D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Encabezado"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0004717D"/>
     <w:rPr>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Piedepgina">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004717D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Piedepgina"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0004717D"/>
     <w:rPr>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BB1537"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
     <w:name w:val="Título 5 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo5"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="243F60"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Car">
     <w:name w:val="Título 6 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo6"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="243F60"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
     <w:name w:val="Título 7 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo7"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
     <w:name w:val="Título 8 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo8"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
     <w:name w:val="Título 9 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo9"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contenidodelatabla">
     <w:name w:val="Contenido de la tabla"/>
-    <w:basedOn w:val="Textoindependiente"/>
+    <w:basedOn w:val="BodyText"/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:jc w:val="left"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextoindependienteCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
     <w:name w:val="Texto independiente Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Textoindependiente"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipervnculo">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="008E46E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="default"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000099"/>
       <w:sz w:val="17"/>
       <w:szCs w:val="17"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="008E46E8"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="004D6E7D"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.gif" /></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12850,67 +12901,82 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010069E72D42E707D34BA32803624ED7F58D" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="164e680a8d5cd336e537f1817d409570">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e4aee1f27b22707e69f478da740fef3d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -12980,139 +13046,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45CFE7AA-34E1-4FD9-8654-E75E95112E63}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1FBF8C4-6D3B-44B9-8B3B-6500CE76914A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{181D7F8D-F5DA-4770-98CA-900D84327CA3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A423D15-5895-43D2-91D4-3136D3A5CE6A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D85C8990-628A-4E42-8958-8C63689F9262}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45CFE7AA-34E1-4FD9-8654-E75E95112E63}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>8801</Characters>
+  <Pages>7</Pages>
+  <Words>1597</Words>
+  <Characters>8786</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>73</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>New  Stetic S.A.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10381</CharactersWithSpaces>
+  <CharactersWithSpaces>10363</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rosaura Carmona</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010069E72D42E707D34BA32803624ED7F58D</vt:lpwstr>
   </property>
 </Properties>
 </file>