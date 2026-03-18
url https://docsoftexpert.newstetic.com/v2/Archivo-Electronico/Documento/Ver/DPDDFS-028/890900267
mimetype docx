--- v0 (2025-10-20)
+++ v1 (2026-03-18)
@@ -1,191 +1,182 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <!-- Generated by Aspose.Words for .NET 25.11.0 -->
   <w:body>
-    <w:p w14:paraId="4FAEAAB4" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4FAEAAB4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>IDENTIFICATION OF PRODUCT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD79620" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="7AD79620" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BA7488E" w14:textId="6F3B9F2E" w:rsidR="00DC1DE7" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00DC1DE7" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="3BA7488E" w14:textId="6F3B9F2E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemical Name: Methyl </w:t>
       </w:r>
-      <w:r w:rsidR="007D3165" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="007D3165">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ethacrylate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B973E0A" w14:textId="025A1BD9" w:rsidR="00DC1DE7" w:rsidRPr="00B1520D" w:rsidRDefault="00DC1DE7" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00DC1DE7" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1B973E0A" w14:textId="025A1BD9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rStyle w:val="hps"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Generic Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rStyle w:val="hps"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Methyl</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F93D8D" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00F93D8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rStyle w:val="hps"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ethacrylate</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
@@ -194,8860 +185,9174 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rStyle w:val="hps"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(stabilized)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1433BFEE" w14:textId="0F3E56A4" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="004958B2" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1433BFEE" w14:textId="0F3E56A4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Synonyms: MMA, </w:t>
       </w:r>
-      <w:r w:rsidR="00F93D8D" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00F93D8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">crylic </w:t>
       </w:r>
-      <w:r w:rsidR="00F93D8D" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00F93D8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>iquid,</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F93D8D" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00F93D8D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>onomer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2056CD14" w14:textId="445DE5E8" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009E409D" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2056CD14" w14:textId="445DE5E8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Recommended use and product use restrictions</w:t>
       </w:r>
-      <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00275407" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00275407">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>he product is intended for dental use in the preparation of dental prosthe</w:t>
       </w:r>
-      <w:r w:rsidR="00275407" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00275407">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ses</w:t>
       </w:r>
-      <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="004958B2" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="004958B2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>It must be used by trained</w:t>
       </w:r>
-      <w:r w:rsidR="00275407" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00275407">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> dental</w:t>
       </w:r>
-      <w:r w:rsidR="004958B2" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="004958B2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> personnel </w:t>
       </w:r>
-      <w:r w:rsidR="00275407" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00275407">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(dentists</w:t>
       </w:r>
-      <w:r w:rsidR="004958B2" w:rsidRPr="00B1520D">
-[...20 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="004958B2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and dental </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="004958B2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laborato</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00275407">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rists</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00275407">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="3D0633E9" w14:textId="765C8969">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Emergency </w:t>
       </w:r>
-      <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">number: in emergency </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">cases </w:t>
       </w:r>
-      <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">contact the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Safety and Health at Work C</w:t>
       </w:r>
-      <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">oordination </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">at the following numbers </w:t>
       </w:r>
-      <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(57 </w:t>
       </w:r>
-      <w:r w:rsidR="00F6181B" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00F6181B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>60</w:t>
       </w:r>
-      <w:r w:rsidR="00B4714B" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00B4714B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
-[...9 lines deleted...]
-    <w:p w14:paraId="32023B9A" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+      <w:r w:rsidR="000B1F63">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4) 403 8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022203A" w:rsidR="000B1F63">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7 60, ext. 1322</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022203A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="32023B9A" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AB54123" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
+    <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1AB54123" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3690AC6A" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="3690AC6A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>IDENTIFICATION</w:t>
       </w:r>
-      <w:r w:rsidR="00A91C99" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00A91C99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> OF HAZARDS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67332A09" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
+    <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="67332A09" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30E078B5" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="30E078B5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>GHS Classification:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E837EA3" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
+    <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2E837EA3" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9086" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5086"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="2016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009061DA" w:rsidRPr="00B1520D" w14:paraId="3B5D7B70" w14:textId="77777777" w:rsidTr="00BC4BC5">
+      <w:tr w14:paraId="3B5D7B70" w14:textId="77777777" w:rsidTr="00BC4BC5">
+        <w:tblPrEx>
+          <w:tblW w:w="9086" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="305"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="059E069D" w14:textId="1D29C707" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="059E069D" w14:textId="1D29C707">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Health</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A706EE2" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1A706EE2" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Environment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="665A9044" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="665A9044" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Physical</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009061DA" w:rsidRPr="00B1520D" w14:paraId="79ADA3A0" w14:textId="77777777" w:rsidTr="006C3CF4">
+      <w:tr w14:paraId="79ADA3A0" w14:textId="77777777" w:rsidTr="006C3CF4">
+        <w:tblPrEx>
+          <w:tblW w:w="9086" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="2655"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5086" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C553F66" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="00EB4BC7" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="0C553F66" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00F153FF" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00F153FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Acute toxicity</w:t>
             </w:r>
-            <w:r w:rsidR="00E02886" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00E02886">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D6DD903" w14:textId="77777777" w:rsidR="00F153FF" w:rsidRPr="00B1520D" w:rsidRDefault="00F153FF" w:rsidP="00B1520D">
+          <w:p w:rsidR="00F153FF" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="3D6DD903" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>LD</w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oral and cutaneous: Category 5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A2B2155" w14:textId="77777777" w:rsidR="00F153FF" w:rsidRPr="00B1520D" w:rsidRDefault="00F153FF" w:rsidP="00B1520D">
+          <w:p w:rsidR="00F153FF" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="3A2B2155" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>LC</w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> inhalation: Category 5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23AA7A2B" w14:textId="77777777" w:rsidR="00F153FF" w:rsidRPr="00B1520D" w:rsidRDefault="00F153FF" w:rsidP="00B1520D">
+          <w:p w:rsidR="00F153FF" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="23AA7A2B" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E1D979D" w14:textId="66C515F5" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="00EB4BC7" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5E1D979D" w14:textId="66C515F5">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Corrosion</w:t>
             </w:r>
-            <w:r w:rsidR="00F153FF" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00F153FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>: Category 2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="304E53A1" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="304E53A1" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="47EB090D" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="00EB4BC7" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="47EB090D" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00F153FF" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00F153FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ocular irritation: Category 2A</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EC70F17" w14:textId="77777777" w:rsidR="00F153FF" w:rsidRPr="00B1520D" w:rsidRDefault="00F153FF" w:rsidP="00B1520D">
+          <w:p w:rsidR="00F153FF" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1EC70F17" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="559AB740" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="00EB4BC7" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="559AB740" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Respiratory </w:t>
             </w:r>
-            <w:r w:rsidR="00F153FF" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00F153FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>or cutaneous sensitization: Category 1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B75008C" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2B75008C" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42A2BCB9" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="00EB4BC7" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="42A2BCB9" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00F153FF" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00F153FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Systemic toxicity in specific organs: Category 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="782ED215" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="004915DF" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="782ED215" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Acute</w:t>
             </w:r>
-            <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> toxicity: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Category </w:t>
             </w:r>
-            <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2016" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="373E5768" w14:textId="77777777" w:rsidR="004915DF" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
+          <w:p w:rsidR="004915DF" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="373E5768" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Flammable liquid:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DABFA49" w14:textId="359048D6" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="004915DF" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6DABFA49" w14:textId="359048D6">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Category </w:t>
             </w:r>
-            <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="156B1A8D" w14:textId="77777777" w:rsidR="00A73D84" w:rsidRPr="00B1520D" w:rsidRDefault="00A73D84" w:rsidP="00B1520D">
+    <w:p w:rsidR="00A73D84" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="156B1A8D" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48E65C94" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="00FA1726" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="48E65C94" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>GHS L</w:t>
       </w:r>
-      <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>abelling:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487A6CF0" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
+    <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="487A6CF0" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9003" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1217"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="6085"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009061DA" w:rsidRPr="00B1520D" w14:paraId="0BC52D67" w14:textId="77777777" w:rsidTr="00B1520D">
+      <w:tr w14:paraId="0BC52D67" w14:textId="77777777" w:rsidTr="00B1520D">
+        <w:tblPrEx>
+          <w:tblW w:w="9003" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:tblHeader/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB1FE7E" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1BB1FE7E" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Symbol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="167CF04F" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="167CF04F" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Warning word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6085" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="521BB395" w14:textId="38868F07" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="00A91C99" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="521BB395" w14:textId="38868F07">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Hazard i</w:t>
             </w:r>
-            <w:r w:rsidR="009061DA" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ndication</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B67D1" w:rsidRPr="00B1520D" w14:paraId="522F5CE6" w14:textId="77777777" w:rsidTr="00B1520D">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="522F5CE6" w14:textId="77777777" w:rsidTr="00B1520D">
+        <w:tblPrEx>
+          <w:tblW w:w="9003" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="266B8CD4" w14:textId="775DE642" w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidRDefault="00944C21" w:rsidP="00B1520D">
+          <w:p w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="266B8CD4" w14:textId="775DE642">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N.A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="070674A4" w14:textId="77777777" w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidRDefault="001B67D1" w:rsidP="00B1520D">
+          <w:p w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="070674A4" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Warning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6085" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB55FF8" w14:textId="77777777" w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidRDefault="001B67D1" w:rsidP="00B1520D">
+          <w:p w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1DB55FF8" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rStyle w:val="hps"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Harmful in case of ingestion (swallowing</w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="00A5302B" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00A5302B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rStyle w:val="hps"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Harmful in contact with the skin (</w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>dermal)</w:t>
             </w:r>
-            <w:r w:rsidR="00A5302B" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00A5302B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rStyle w:val="hps"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Harmful if inhaled (gas, vapor, powder, mist)</w:t>
             </w:r>
-            <w:r w:rsidR="00A5302B" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00A5302B">
               <w:rPr>
                 <w:rStyle w:val="hps"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B67D1" w:rsidRPr="00C7027A" w14:paraId="17CCC5C2" w14:textId="77777777" w:rsidTr="00B1520D">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="17CCC5C2" w14:textId="77777777" w:rsidTr="00B1520D">
+        <w:tblPrEx>
+          <w:tblW w:w="9003" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E0BB90B" w14:textId="77777777" w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidRDefault="00B403EE" w:rsidP="00B1520D">
+          <w:p w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="7E0BB90B" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:pict w14:anchorId="71F9267A">
+              <w:pict>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:12pt;height:27.75pt">
-                  <v:imagedata r:id="rId7" o:title=""/>
+                  <v:imagedata r:id="rId4" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22C6E4DE" w14:textId="77777777" w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidRDefault="001B67D1" w:rsidP="00B1520D">
+          <w:p w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="22C6E4DE" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Warning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6085" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4346D484" w14:textId="77777777" w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidRDefault="00337DC5" w:rsidP="00B1520D">
+          <w:p w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4346D484" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>May c</w:t>
             </w:r>
-            <w:r w:rsidR="003B3940" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="003B3940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auses skin irritation</w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F53AAD1" w14:textId="77777777" w:rsidR="00337DC5" w:rsidRPr="00B1520D" w:rsidRDefault="00337DC5" w:rsidP="00B1520D">
+          <w:p w:rsidR="00337DC5" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="0F53AAD1" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="hps"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Causes serious ocular irritation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B67D1" w:rsidRPr="00C7027A" w14:paraId="294B08AC" w14:textId="77777777" w:rsidTr="00B1520D">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="294B08AC" w14:textId="77777777" w:rsidTr="00B1520D">
+        <w:tblPrEx>
+          <w:tblW w:w="9003" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25CB4EF0" w14:textId="77777777" w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidRDefault="00B403EE" w:rsidP="00B1520D">
+          <w:p w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="25CB4EF0" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:pict w14:anchorId="7E4608F5">
+              <w:pict>
                 <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:29.25pt;height:38.25pt">
-                  <v:imagedata r:id="rId8" o:title=""/>
+                  <v:imagedata r:id="rId5" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03A00E28" w14:textId="77777777" w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidRDefault="007D105D" w:rsidP="00B1520D">
+          <w:p w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="03A00E28" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Danger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6085" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E4BB427" w14:textId="19DB3E3F" w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidRDefault="001B67D1" w:rsidP="00B1520D">
+          <w:p w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2E4BB427" w14:textId="19DB3E3F">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rStyle w:val="hps"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">May cause symptoms of allergy or </w:t>
             </w:r>
-            <w:r w:rsidR="00C50221" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00C50221">
               <w:rPr>
                 <w:rStyle w:val="hps"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>asthma and</w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rStyle w:val="hps"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> breathing difficulties if </w:t>
             </w:r>
             <w:r w:rsidR="00B1520D">
               <w:rPr>
                 <w:rStyle w:val="hps"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">is </w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rStyle w:val="hps"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>inhaled.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009061DA" w:rsidRPr="00C7027A" w14:paraId="61E654CC" w14:textId="77777777" w:rsidTr="00B1520D">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="61E654CC" w14:textId="77777777" w:rsidTr="00B1520D">
+        <w:tblPrEx>
+          <w:tblW w:w="9003" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E98736B" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="00B403EE" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="3E98736B" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:pict w14:anchorId="5FD29BE8">
+              <w:pict>
                 <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:29.25pt;height:38.25pt">
-                  <v:imagedata r:id="rId8" o:title=""/>
+                  <v:imagedata r:id="rId5" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7990ADE7" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="007D105D" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="7990ADE7" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Warning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6085" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E6C758C" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="00337DC5" w:rsidP="00B1520D">
+          <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="3E6C758C" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>May causes damages in organs by long term or repetitive exposures.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337DC5" w:rsidRPr="00B1520D" w14:paraId="42313268" w14:textId="77777777" w:rsidTr="00B1520D">
+      <w:tr w14:paraId="42313268" w14:textId="77777777" w:rsidTr="00B1520D">
+        <w:tblPrEx>
+          <w:tblW w:w="9003" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C500740" w14:textId="77777777" w:rsidR="00337DC5" w:rsidRPr="00B1520D" w:rsidRDefault="00684237" w:rsidP="00B1520D">
+          <w:p w:rsidR="00337DC5" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5C500740" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>N.A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="053306BC" w14:textId="77777777" w:rsidR="00337DC5" w:rsidRPr="00B1520D" w:rsidRDefault="00684237" w:rsidP="00B1520D">
+          <w:p w:rsidR="00337DC5" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="053306BC" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N.A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6085" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1195FDAB" w14:textId="77777777" w:rsidR="004E486B" w:rsidRPr="00B1520D" w:rsidRDefault="00706A58" w:rsidP="00B1520D">
+          <w:p w:rsidR="004E486B" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1195FDAB" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Harmful to aquatic life.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B67D1" w:rsidRPr="00B1520D" w14:paraId="2C18CC4C" w14:textId="77777777" w:rsidTr="00B1520D">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="2C18CC4C" w14:textId="77777777" w:rsidTr="00B1520D">
+        <w:tblPrEx>
+          <w:tblW w:w="9003" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74679CD7" w14:textId="77777777" w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidRDefault="00B403EE" w:rsidP="00B1520D">
+          <w:p w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="74679CD7" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:pict w14:anchorId="2DB40BB1">
+              <w:pict>
                 <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:41.25pt;height:37.5pt">
-                  <v:imagedata r:id="rId9" o:title=""/>
+                  <v:imagedata r:id="rId6" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45F8D4DF" w14:textId="77777777" w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidRDefault="007D105D" w:rsidP="00B1520D">
+          <w:p w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="45F8D4DF" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Danger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6085" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="760B5716" w14:textId="77777777" w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidRDefault="00A5302B" w:rsidP="00B1520D">
+          <w:p w:rsidR="001B67D1" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="760B5716" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Combustible liquid.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E624943" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="009061DA" w:rsidP="00B1520D">
+    <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4E624943" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BA17E63" w14:textId="77777777" w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidRDefault="00A91C99" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="009061DA" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2BA17E63" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00727C85" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00727C85">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>aution indications:</w:t>
       </w:r>
-      <w:r w:rsidR="000835B6" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="000835B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00554041" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00554041">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">It is a stable liquid in normal temperature and pressure conditions. A dangerous polymerization may occur if it is contaminated with peroxides, metal salts, </w:t>
       </w:r>
-      <w:r w:rsidR="00AA1E7B" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00AA1E7B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>polymerization initiators or catalysts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D7A56C8" w14:textId="77777777" w:rsidR="0079535A" w:rsidRPr="00B1520D" w:rsidRDefault="00AA1E7B" w:rsidP="00B1520D">
+    <w:p w:rsidR="0079535A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6D7A56C8" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Its </w:t>
       </w:r>
-      <w:r w:rsidR="00DD7D73" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00DD7D73">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>vapors</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> do not have narcotic </w:t>
       </w:r>
-      <w:r w:rsidR="00216DD0" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00216DD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>effect;</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> however, it can produce ocular, skin and respiratory irritation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0960270D" w14:textId="77777777" w:rsidR="0079535A" w:rsidRPr="00B1520D" w:rsidRDefault="006C166C" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="0079535A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="0960270D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Appearance in emergencies</w:t>
       </w:r>
-      <w:r w:rsidR="0079535A" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>: Colorless liquid; irritant and pungent odor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C6E2E2" w14:textId="77777777" w:rsidR="0079535A" w:rsidRPr="00B1520D" w:rsidRDefault="00A91C99" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="0079535A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="48C6E2E2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Potential adverse effects</w:t>
       </w:r>
-      <w:r w:rsidR="0079535A" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>: Possible sensitizing effects after skin contact. Long-term skin contact can cause dermatitis. High concentrations of this product in the atmosphere can produce irritation of the respiratory tract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10FAC4AE" w14:textId="77777777" w:rsidR="000F7ECC" w:rsidRPr="00B1520D" w:rsidRDefault="0079535A" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="000F7ECC" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="10FAC4AE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>NFPA:</w:t>
       </w:r>
-      <w:r w:rsidR="000F7ECC" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F58131C" w14:textId="77777777" w:rsidR="000F7ECC" w:rsidRPr="00B1520D" w:rsidRDefault="000F7ECC" w:rsidP="00B1520D">
+    <w:p w:rsidR="000F7ECC" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="7F58131C" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F315B2B" wp14:editId="353CCC84">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="897147" cy="888916"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Imagen 3" descr="NFPA"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="NFPA"/>
+                    <pic:cNvPr id="3" name="Picture 2" descr="NFPA"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print">
                       <a:extLst>
-                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="901508" cy="893237"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70E21972" w14:textId="77777777" w:rsidR="00790782" w:rsidRPr="00B1520D" w:rsidRDefault="00790782" w:rsidP="00B1520D">
+    <w:p w:rsidR="00790782" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="70E21972" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CF7296B" w14:textId="77777777" w:rsidR="00A91C99" w:rsidRPr="00B1520D" w:rsidRDefault="003A390A" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00A91C99" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2CF7296B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>OSHA r</w:t>
       </w:r>
-      <w:r w:rsidR="00A91C99" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>egulatory state:</w:t>
       </w:r>
-      <w:r w:rsidR="000F7ECC" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="000F7ECC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> This material is considered as </w:t>
       </w:r>
-      <w:r w:rsidR="00B50326" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00B50326">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="000F7ECC" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="000F7ECC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">dangerous material by OSHA HCS (29 CFR 1910.1200). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20FCC337" w14:textId="77777777" w:rsidR="0079535A" w:rsidRPr="00B1520D" w:rsidRDefault="0079535A" w:rsidP="00B1520D">
+    <w:p w:rsidR="0079535A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="20FCC337" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1809" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2680"/>
         <w:gridCol w:w="1998"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w14:paraId="1207E756" w14:textId="77777777" w:rsidTr="00CA2801">
+      <w:tr w14:paraId="1207E756" w14:textId="77777777" w:rsidTr="00CA2801">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="1809" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1BD9EA8D" w14:textId="77777777" w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidRDefault="00BC4A5A" w:rsidP="00B1520D">
+          <w:p w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1BD9EA8D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>OSHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w14:paraId="05C6D21D" w14:textId="77777777" w:rsidTr="00BC4A5A">
+      <w:tr w14:paraId="05C6D21D" w14:textId="77777777" w:rsidTr="00BC4A5A">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="1809" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="544285FD" w14:textId="77777777" w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidRDefault="00BC4A5A" w:rsidP="00B1520D">
+          <w:p w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="544285FD" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Exposure Limit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="171B1A26" w14:textId="77777777" w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidRDefault="00BC4A5A" w:rsidP="00B1520D">
+          <w:p w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="171B1A26" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w14:paraId="38061204" w14:textId="77777777" w:rsidTr="00BC4A5A">
+      <w:tr w14:paraId="38061204" w14:textId="77777777" w:rsidTr="00BC4A5A">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="1809" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37775FC1" w14:textId="77777777" w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidRDefault="00BC4A5A" w:rsidP="00B1520D">
+          <w:p w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="37775FC1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>100 ppm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79A131F2" w14:textId="77777777" w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidRDefault="00BC4A5A" w:rsidP="00B1520D">
+          <w:p w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="79A131F2" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8 hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w14:paraId="453F2D83" w14:textId="77777777" w:rsidTr="00BC4A5A">
+      <w:tr w14:paraId="453F2D83" w14:textId="77777777" w:rsidTr="00BC4A5A">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="1809" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BEDFC18" w14:textId="77777777" w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidRDefault="00BC4A5A" w:rsidP="00B1520D">
+          <w:p w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5BEDFC18" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>22 ppm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53ECF9FC" w14:textId="77777777" w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidRDefault="00BC4A5A" w:rsidP="00B1520D">
+          <w:p w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="53ECF9FC" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>15 minutes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w14:paraId="6C4858EF" w14:textId="77777777" w:rsidTr="00BC4A5A">
+      <w:tr w14:paraId="6C4858EF" w14:textId="77777777" w:rsidTr="00BC4A5A">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="1809" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23C1C2D3" w14:textId="77777777" w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidRDefault="00BC4A5A" w:rsidP="00B1520D">
+          <w:p w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="23C1C2D3" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>600 ppm (max)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5BD006" w14:textId="77777777" w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidRDefault="00BC4A5A" w:rsidP="00B1520D">
+          <w:p w:rsidR="00BC4A5A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5B5BD006" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5 minutes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E88B21A" w14:textId="77777777" w:rsidR="0079535A" w:rsidRPr="00B1520D" w:rsidRDefault="0079535A" w:rsidP="00B1520D">
+    <w:p w:rsidR="0079535A" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2E88B21A" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D254ADD" w14:textId="77777777" w:rsidR="0032128D" w:rsidRPr="00B1520D" w:rsidRDefault="0032128D" w:rsidP="00B1520D">
+    <w:p w:rsidR="0032128D" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4D254ADD" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AB5DBB3" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2AB5DBB3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">INFORMATION ABOUT COMPOSITION </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DBA2C95" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1DBA2C95" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4940" w:type="pct"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3101"/>
         <w:gridCol w:w="3082"/>
         <w:gridCol w:w="2762"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D73158" w:rsidRPr="00B1520D" w14:paraId="4BC6127C" w14:textId="77777777" w:rsidTr="00172CFF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="4BC6127C" w14:textId="77777777" w:rsidTr="00172CFF">
+        <w:tblPrEx>
+          <w:tblW w:w="4940" w:type="pct"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4D1FB5" w14:textId="2A34470D" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="00D3608C" w:rsidP="00B1520D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="0A4D1FB5" w14:textId="2A34470D">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">HAZARDOUS </w:t>
             </w:r>
-            <w:r w:rsidR="00D73158" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>COMPONENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D73158" w:rsidRPr="00B1520D" w14:paraId="5174216A" w14:textId="77777777" w:rsidTr="00172CFF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="5174216A" w14:textId="77777777" w:rsidTr="00172CFF">
+        <w:tblPrEx>
+          <w:tblW w:w="4940" w:type="pct"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1733" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08BFED93" w14:textId="67CCD7FA" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="00B1520D" w:rsidP="00B1520D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="08BFED93" w14:textId="67CCD7FA">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Common name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1723" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4609E1AA" w14:textId="77777777" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="00D73158" w:rsidP="00B1520D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4609E1AA" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Concentration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1544" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0423189E" w14:textId="77777777" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="00D73158" w:rsidP="00B1520D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="0423189E" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CAS Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D73158" w:rsidRPr="00B1520D" w14:paraId="55C18582" w14:textId="77777777" w:rsidTr="00172CFF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="55C18582" w14:textId="77777777" w:rsidTr="00172CFF">
+        <w:tblPrEx>
+          <w:tblW w:w="4940" w:type="pct"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1733" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F32CC4D" w14:textId="32967565" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="00D73158" w:rsidP="00B1520D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6F32CC4D" w14:textId="32967565">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Methyl </w:t>
             </w:r>
-            <w:r w:rsidR="00F93D8D" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00F93D8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>et</w:t>
             </w:r>
-            <w:r w:rsidR="00B1520D" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>acrylate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1723" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD49C4A" w14:textId="77777777" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="00F53C93" w:rsidP="00B6377D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B6377D" w14:paraId="0AD49C4A" w14:textId="77777777">
             <w:pPr>
-              <w:pStyle w:val="Ttulo1"/>
+              <w:pStyle w:val="Heading1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:ind w:left="432"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
-              <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>&gt; 95</w:t>
             </w:r>
-            <w:r w:rsidR="00152548" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00152548">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D73158" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1544" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="197C6F2B" w14:textId="51227BF5" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="00D73158" w:rsidP="00B1520D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="197C6F2B" w14:textId="51227BF5">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>80-62-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C2BB19A" w14:textId="77777777" w:rsidR="00152548" w:rsidRPr="00B1520D" w:rsidRDefault="00152548" w:rsidP="00B1520D">
+    <w:p w:rsidR="00152548" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="7C2BB19A" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4940" w:type="pct"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3170"/>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="2730"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D73158" w:rsidRPr="00B1520D" w14:paraId="1FBF3063" w14:textId="77777777" w:rsidTr="00172CFF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="1FBF3063" w14:textId="77777777" w:rsidTr="00172CFF">
+        <w:tblPrEx>
+          <w:tblW w:w="4940" w:type="pct"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="334957EF" w14:textId="32FA3ECC" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="000B4068" w:rsidP="00B1520D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="334957EF" w14:textId="32FA3ECC">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>NON-</w:t>
             </w:r>
-            <w:r w:rsidR="00D3608C" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D" w:rsidR="00D3608C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>HAZARDOUS</w:t>
             </w:r>
-            <w:r w:rsidR="00D73158" w:rsidRPr="00B1520D">
+            <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> COMPPONENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D73158" w:rsidRPr="00B1520D" w14:paraId="2054A7B2" w14:textId="77777777" w:rsidTr="00172CFF">
+      <w:tr w14:paraId="2054A7B2" w14:textId="77777777" w:rsidTr="00172CFF">
+        <w:tblPrEx>
+          <w:tblW w:w="4940" w:type="pct"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="60"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04B0012A" w14:textId="77777777" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="00D73158" w:rsidP="00B1520D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="04B0012A" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Common name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F294866" w14:textId="77777777" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="00D73158" w:rsidP="00B1520D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6F294866" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Concentration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DCB6E56" w14:textId="77777777" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="00D73158" w:rsidP="00B1520D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1DCB6E56" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CAS Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D73158" w:rsidRPr="00B1520D" w14:paraId="0F2815C2" w14:textId="77777777" w:rsidTr="00172CFF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="0F2815C2" w14:textId="77777777" w:rsidTr="00172CFF">
+        <w:tblPrEx>
+          <w:tblW w:w="4940" w:type="pct"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB211F5" w14:textId="77777777" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="00152548" w:rsidP="00B1520D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6AB211F5" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C67C9FB" w14:textId="77777777" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="00244CE2" w:rsidP="00B1520D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4C67C9FB" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44BC8431" w14:textId="77777777" w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidRDefault="00244CE2" w:rsidP="00B1520D">
+          <w:p w:rsidR="00D73158" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="44BC8431" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1520D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0FD771AC" w14:textId="77777777" w:rsidR="00A91C99" w:rsidRPr="00B1520D" w:rsidRDefault="00A91C99" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00A91C99" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="0FD771AC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57307DD1" w14:textId="77777777" w:rsidR="0032128D" w:rsidRPr="00B1520D" w:rsidRDefault="0032128D" w:rsidP="00B1520D">
+    <w:p w:rsidR="0032128D" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="57307DD1" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A57ACD0" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="7A57ACD0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>FIRST AID MEASURES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108DAB5D" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="108DAB5D" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E6ED3A1" w14:textId="58D126F9" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1E6ED3A1" w14:textId="58D126F9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Emergency procedures and first aid after:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB99857" w14:textId="77777777" w:rsidR="00A91C99" w:rsidRPr="00B1520D" w:rsidRDefault="00A91C99" w:rsidP="00B1520D">
+    <w:p w:rsidR="00A91C99" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1CB99857" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1715F4B6" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1715F4B6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Inhalation: Take the patient to a ventilated area.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405998F3" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="405998F3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Eye Contact: Wash immediately the patient’s eyes with plenty of water while keeping patient’s eyelids completely open. See the ophthalmologist.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="484D69E9" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="484D69E9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Skin Contact: Wash immediately the skin with plenty of water. Take off contaminated clothing. If any symptom (such as irritation or blisters), see the doctor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE4DBFF" w14:textId="77777777" w:rsidR="00A91C99" w:rsidRPr="00B1520D" w:rsidRDefault="00A91C99" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00A91C99" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5CE4DBFF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ingestion</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00741C21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>: Drink plenty of water. See the doctor.</w:t>
       </w:r>
-      <w:r w:rsidR="00FD461F" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00FD461F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Do not incite the vomit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D8A2FF" w14:textId="77777777" w:rsidR="00A91C99" w:rsidRPr="00B1520D" w:rsidRDefault="00A91C99" w:rsidP="00B1520D">
+    <w:p w:rsidR="00A91C99" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="52D8A2FF" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BF1F6EA" w14:textId="77777777" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00A91C99" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5BF1F6EA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>More important</w:t>
       </w:r>
-      <w:r w:rsidR="00244CE2" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> symptoms/effects (acute and/or delayed): </w:t>
       </w:r>
-      <w:r w:rsidR="00FB0503" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00FB0503">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>It can produce allergy or irritations symptoms in the respiratory tract if it is inhaled.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C9A4686" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6C9A4686" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Antidote: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75906283" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="75906283" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Information for doctors: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F2021B8" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="3F2021B8" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EBA597F" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4EBA597F" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E084C2E" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5E084C2E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>FIRE FIGHTING MEASURES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F5F61E4" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="7F5F61E4" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="093B5839" w14:textId="6B55EFCC" w:rsidR="00CB7E6F" w:rsidRPr="00B1520D" w:rsidRDefault="00CB7E6F" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00CB7E6F" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="093B5839" w14:textId="6B55EFCC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Flammability properties: This product is highly flammable. It produces vapors heavier than air and makes exploding mixtures in room temperature. In case of fire, it can produce dangerous toxic gases. If closed containers filled with this product are heated, they may explode.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B447DE" w14:textId="77777777" w:rsidR="00CB7E6F" w:rsidRPr="00B1520D" w:rsidRDefault="00CB7E6F" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00CB7E6F" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="44B447DE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Suitable extinction of fire: Use fire extinguishers such as CO</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, foam and/or powder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5335DC39" w14:textId="0AEFBB3A" w:rsidR="00CB7E6F" w:rsidRPr="00B1520D" w:rsidRDefault="00CB7E6F" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00CB7E6F" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5335DC39" w14:textId="0AEFBB3A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Unsuitable extinction of fire: Water. The use of water </w:t>
       </w:r>
-      <w:r w:rsidR="000C4F47" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="000C4F47">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>cannot</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> be effective to extinguish the fire. Liquid Splatters can result from the sprayed with water.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="544E68F9" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="544E68F9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Instructions for fire extinguishing: Use special protective equipment. In long stays in the contaminated area, use an autonomous breathing equipment and adequate protective clothing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1DF25F" w14:textId="77777777" w:rsidR="00BB407E" w:rsidRPr="00B1520D" w:rsidRDefault="007B21DC" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00BB407E" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5F1DF25F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Firefighter’s protection:</w:t>
       </w:r>
-      <w:r w:rsidR="00BB407E" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Properties and possible dangers from the material:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE7FF28" w14:textId="77777777" w:rsidR="00BB407E" w:rsidRPr="00B1520D" w:rsidRDefault="00BB407E" w:rsidP="00B1520D">
+    <w:p w:rsidR="00BB407E" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1AE7FF28" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51345070" w14:textId="77777777" w:rsidR="00BB407E" w:rsidRPr="00B1520D" w:rsidRDefault="00BB407E" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00BB407E" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="51345070" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The containers can be broken and liberate toxic vapors. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EFEA749" w14:textId="77777777" w:rsidR="00BB407E" w:rsidRPr="00B1520D" w:rsidRDefault="00BB407E" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00BB407E" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5EFEA749" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>A dangerous polymerization can occur due to the high temperatures.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A648A1D" w14:textId="77777777" w:rsidR="00BB407E" w:rsidRPr="00B1520D" w:rsidRDefault="00891A17" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00BB407E" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6A648A1D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In case of fire, t</w:t>
       </w:r>
-      <w:r w:rsidR="00BB407E" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">he containers can be broken </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>violently.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E135846" w14:textId="77777777" w:rsidR="007B21DC" w:rsidRPr="00B1520D" w:rsidRDefault="007B21DC" w:rsidP="00B1520D">
+    <w:p w:rsidR="007B21DC" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2E135846" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="372E31D3" w14:textId="77777777" w:rsidR="008B21BF" w:rsidRPr="00B1520D" w:rsidRDefault="007B21DC" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="008B21BF" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="372E31D3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Protection equipment and firefighter</w:t>
       </w:r>
-      <w:r w:rsidR="00AB3607" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00AB3607">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s protection</w:t>
       </w:r>
-      <w:r w:rsidR="00BB407E" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00BB407E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00E34C34" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00E34C34">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Must </w:t>
       </w:r>
-      <w:r w:rsidR="0075413F" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="0075413F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">be </w:t>
       </w:r>
-      <w:r w:rsidR="00E34C34" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00E34C34">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>use</w:t>
       </w:r>
-      <w:r w:rsidR="0075413F" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="0075413F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00E34C34" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00E34C34">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> autonomous self-contained breathing equipment and encapsulated suit.</w:t>
       </w:r>
-      <w:r w:rsidR="0082374B" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="0082374B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023A2E91" w14:textId="77777777" w:rsidR="0082374B" w:rsidRPr="00B1520D" w:rsidRDefault="0082374B" w:rsidP="00B1520D">
+    <w:p w:rsidR="0082374B" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="023A2E91" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Evacuate the affected area and attack the fire at a safe distance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D192C06" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="0D192C06" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19BA9044" w14:textId="77777777" w:rsidR="006B79B7" w:rsidRPr="00B1520D" w:rsidRDefault="006B79B7" w:rsidP="00B1520D">
+    <w:p w:rsidR="006B79B7" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="19BA9044" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="253D4003" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="253D4003" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ACCIDENTAL RELEASE MEASURES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39CD69FA" w14:textId="77777777" w:rsidR="006B79B7" w:rsidRPr="00B1520D" w:rsidRDefault="006B79B7" w:rsidP="00B1520D">
+    <w:p w:rsidR="006B79B7" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="39CD69FA" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5185F3B5" w14:textId="5480A1FB" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00244CE2" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5185F3B5" w14:textId="5480A1FB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Techniques, procedures, </w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>materials</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B4714B" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00B4714B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">and protective equipment </w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">in case of: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE355BA" w14:textId="77777777" w:rsidR="00AB3607" w:rsidRPr="00B1520D" w:rsidRDefault="00AB3607" w:rsidP="00B1520D">
+    <w:p w:rsidR="00AB3607" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1AE355BA" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E5C746C" w14:textId="77777777" w:rsidR="00F33F9B" w:rsidRPr="00B1520D" w:rsidRDefault="00F33F9B" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00F33F9B" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1E5C746C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Small spill: Absorb spilled product using sand, earth or another absorbent material deemed adequate. Do not absorb with sawdust or combustible materials. Put all the absorbed material in an adequate container for its later disposal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BEB2162" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5BEB2162" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Large spill: Avoid the spilled product to penetrate drainage channels. Absorb spilled product using sand, earth or another absorbent material deemed adequate. Do not absorb with sawdust or combustible materials. Put all the absorbed material in an adequate container for its later disposal. Uncontrolled throwing of waste of this product into waterways must be communicated to competent authorities.</w:t>
       </w:r>
-      <w:r w:rsidR="00244CE2" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00244CE2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666C97BF" w14:textId="77777777" w:rsidR="00BD07AF" w:rsidRPr="00B1520D" w:rsidRDefault="00BD07AF" w:rsidP="00B1520D">
+    <w:p w:rsidR="00BD07AF" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="666C97BF" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F0670D9" w14:textId="77777777" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00AB3607" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6F0670D9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Environmental </w:t>
       </w:r>
-      <w:r w:rsidR="00244CE2" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>cautions: A</w:t>
       </w:r>
-      <w:r w:rsidR="00BD07AF" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00BD07AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>void penetration of channeling in the ground and the water grounds</w:t>
       </w:r>
-      <w:r w:rsidR="00244CE2" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00C75C14" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00C75C14">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In case of produce large spills or contaminating lakes, rivers or seas, communicate to competent authorities, according to local regulations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65241556" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="65241556" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Further</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> considerations: This product must be used only in ventilated areas. Avoid accumulation of electrostatic charges. Avoid penetration of this product in surface or underground waterways.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="345382A6" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="345382A6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02C7DE32" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="02C7DE32" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48A3C701" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="48A3C701" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>HANDLING AND STORAGE OF PRODUCT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E165CF6" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4E165CF6" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55497D16" w14:textId="163A16B3" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="55497D16" w14:textId="163A16B3">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Handling: Please follow recommendations for </w:t>
       </w:r>
-      <w:r w:rsidR="00B1520D" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>firefighting</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> given above. This product must be kept away from fire sources. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F50901A" w14:textId="4AE6C82D" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="7F50901A" w14:textId="4AE6C82D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Storage: </w:t>
       </w:r>
       <w:r w:rsidR="005D161D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Keep the</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> product in a cool, dry, and </w:t>
       </w:r>
-      <w:r w:rsidR="00F75708" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00F75708">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>well-ventilated</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> area</w:t>
       </w:r>
       <w:r w:rsidR="005D161D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>away from flames or spark sources</w:t>
       </w:r>
       <w:r w:rsidR="005D161D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005D161D" w:rsidRPr="005D161D">
+      <w:r w:rsidRPr="005D161D" w:rsidR="005D161D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D161D" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="005D161D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>heat and direct sunlight</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Do not smoke. It must be stored far from oxidizing agents, acids, bases or polymer initiators. Do not storage for long </w:t>
       </w:r>
-      <w:r w:rsidR="008C3153" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="008C3153">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">time </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>periods</w:t>
       </w:r>
       <w:r w:rsidR="005D161D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> beyond its expiration date</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008B359A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Keep the product covered at 30 °C maximum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B530DA" w14:textId="77777777" w:rsidR="009F2A33" w:rsidRPr="00B1520D" w:rsidRDefault="009F2A33" w:rsidP="00B1520D">
+    <w:p w:rsidR="009F2A33" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="50B530DA" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426" w:hanging="397"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="521FFB54" w14:textId="77777777" w:rsidR="009F2A33" w:rsidRPr="00B1520D" w:rsidRDefault="009F2A33" w:rsidP="00B1520D">
+    <w:p w:rsidR="009F2A33" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="521FFB54" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FF9A114" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2FF9A114" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">EXPOSURE CONTROLS AND PERSONAL PROTECTION </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A554C2" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="16A554C2" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3268A50B" w14:textId="125912E0" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="006F1D31" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="3268A50B" w14:textId="125912E0">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Condit</w:t>
       </w:r>
-      <w:r w:rsidR="00AB3607" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00AB3607">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ions to control the exposure</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>: Use adequate breathing equipment, safety glasses, and gloves.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73905E7A" w14:textId="77777777" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00C360FC" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="73905E7A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Engineering controls: Adequate ventilation, air extractor, </w:t>
       </w:r>
-      <w:r w:rsidR="00E75581" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00E75581">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>howers and eye washes in the areas where the product is used.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0485531A" w14:textId="3F2B15E3" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="003A390A" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="0485531A" w14:textId="3F2B15E3">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Personal</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> protective</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> equipment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F36B12" w14:textId="6D6B0C97" w:rsidR="00CA37F0" w:rsidRPr="00B1520D" w:rsidRDefault="00CA37F0" w:rsidP="00B1520D">
+    <w:p w:rsidR="00CA37F0" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="72F36B12" w14:textId="6D6B0C97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3ECEDB7E" w14:textId="2DAC27DD" w:rsidR="00CA37F0" w:rsidRPr="00B1520D" w:rsidRDefault="00B04C86" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00CA37F0" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="3ECEDB7E" w14:textId="2DAC27DD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Breathing equipment: Use adequate protective equipment. To prevent exposure to concentration values beyond the limits of occupational exposure, use an adequate face mask with a type a filter. In presence of high concentration of vapors, use autonomous breathing equipment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40821257" w14:textId="3650646E" w:rsidR="00B04C86" w:rsidRPr="00B1520D" w:rsidRDefault="00B04C86" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00B04C86" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="40821257" w14:textId="3650646E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Eye Protection:  For complete protection, use safety glasses and a total-protection face screen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4529A634" w14:textId="64D7F6FC" w:rsidR="00B04C86" w:rsidRPr="00B1520D" w:rsidRDefault="00B04C86" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00B04C86" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4529A634" w14:textId="64D7F6FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Gloves: Use adequate gloves. Adequate gloves are those that combine at least the following features: physical resistance, required sensibility, and permeability degree of material. Laminated PVA/Polyethylene or PVA-covered gloves have a high permeability degree. Butyl or Nitrile rubber gloves provide a certain protection, but they must be replaced immediately if there has been exposure. Chirurgical latex gloves provide scarce protection against this product. Gloves must be replaced regularly and specially in case of excessive exposure.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+        <w:t xml:space="preserve">Gloves: Use adequate gloves. Adequate gloves are those that combine at least the following features: physical resistance, required sensibility, and permeability degree of material. Laminated PVA/Polyethylene or PVA-covered gloves have a high permeability degree. Butyl or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nitrile rubber gloves provide a certain protection, but they must be replaced immediately if there has been exposure. Chirurgical latex gloves provide scarce protection against this product. Gloves must be replaced regularly and specially in case of excessive exposure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E92327" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="0B013DB6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Others: Use adequate protective dress.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A91EB2" w14:textId="77777777" w:rsidR="00E92327" w:rsidRPr="00B1520D" w:rsidRDefault="00E92327" w:rsidP="00B1520D">
+    <w:p w:rsidR="00E92327" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="49A91EB2" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="780B799D" w14:textId="77777777" w:rsidR="00E92327" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00E92327" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="780B799D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Exposure parameters:        </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B456BE7" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6B456BE7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61495E19" w14:textId="702408FB" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="61495E19" w14:textId="702408FB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">PEL (OSHA): 100 ppm, 410 mg/mm³, 8 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE2E22" w:rsidRPr="00B1520D">
+        <w:t xml:space="preserve">PEL (OSHA): 100 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
+        <w:t>ppm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 410 mg/mm³, 8 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00EE2E22">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, TWA</w:t>
       </w:r>
-      <w:r w:rsidR="00910F26" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00910F26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56ABD58C" w14:textId="643598A0" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="56ABD58C" w14:textId="643598A0">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">TLV ACGIH:  100 ppm, 410 mg/mm³, 8 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE2E22" w:rsidRPr="00B1520D">
+        <w:t xml:space="preserve">TLV ACGIH:  100 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
+        <w:t>ppm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 410 mg/mm³, 8 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00EE2E22">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, TWA</w:t>
       </w:r>
-      <w:r w:rsidR="00910F26" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00910F26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192C4E5A" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="192C4E5A" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C69B26" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="53C69B26" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="053AF373" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="053AF373" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PHYSICAL AND CHEMICAL PROPERTIES OF THIS PRODUCT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="419A32CE" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="419A32CE" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="539BF33C" w14:textId="010719A7" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="002F1591" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="539BF33C" w14:textId="010719A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Appearance or shape</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00275407" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00275407">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>iquid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20CF1BF1" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00FB0A64" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="20CF1BF1" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Color: Clear, c</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>olorless.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446FA98B" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="446FA98B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Odor: Strong characteristic odor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC80DCB" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="0AC80DCB" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Odor Threshold (ppm): 0.5 – 1.0</w:t>
       </w:r>
-      <w:r w:rsidR="00FB0A64" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00FB0A64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ppm</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C5E57C" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00FB0A64" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="37C5E57C" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pH: Not available</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E019D7D" w14:textId="77777777" w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidRDefault="00C32EA2" w:rsidP="00B1520D">
+    <w:p w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="3E019D7D" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Evaporation percentage:</w:t>
       </w:r>
-      <w:r w:rsidR="00FB0A64" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00FB0A64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Not available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F039D46" w14:textId="77777777" w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidRDefault="00C32EA2" w:rsidP="00B1520D">
+    <w:p w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5F039D46" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Evaporation rate:</w:t>
       </w:r>
-      <w:r w:rsidR="00FB0A64" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00FB0A64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> &gt; 1.00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B5709B" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="28B5709B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Density: 0.945 g/ml at 20ºC (68 ºF).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53ADAC8B" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="53ADAC8B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Solubility in water: 1.6g /100g at 20ºC (68 ºF).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C14037" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="48C14037" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Solubility in solvents: Mixable with most organic solvents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C95127" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="38C95127" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Boling Point: 100.5ºC (213 ºF).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3B1079" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1E3B1079" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Melting Point: -48ºC (-54.4 ºF).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF3BA7C" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00AF6DF9" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5AF3BA7C" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Inf</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lammability Point (closed cup): 10ºC (50 ºF).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534620A8" w14:textId="77777777" w:rsidR="00AF6DF9" w:rsidRPr="00B1520D" w:rsidRDefault="00AF6DF9" w:rsidP="00B1520D">
+    <w:p w:rsidR="00AF6DF9" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="534620A8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Infla</w:t>
       </w:r>
-      <w:r w:rsidR="00961FC7" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00961FC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>mability (solid gas): Not relevant (fluid).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="445F9F4D" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00961FC7" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="445F9F4D" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Lower inf</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lammab</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ility limit</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (% v/v): 2.1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236F37BF" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00961FC7" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="236F37BF" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Upper inf</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">lammability </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>limit</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (% v/v): 12.5.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CBA6E01" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="7CBA6E01" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Self-ignition Temperature: 421ºC (790 ºF).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171B117B" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="171B117B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Exploding Features: Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="047A4B91" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="047A4B91" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vapor Pressure (Pascal): 3600 at 20ºC (68 ºF).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B1AFC6" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="62B1AFC6" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Minimum Ignition Energy (mJ) 0.89 – 0.97 at 23ºC (73.4 ºF).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="55B11E50" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+        <w:t>Minimum Ignition Energy (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mJ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) 0.89 – 0.97 at 23ºC (73.4 ºF).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="55B11E50" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vapor Density (Air=1): 3.5.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06E4C5AC" w14:textId="77777777" w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidRDefault="00C32EA2" w:rsidP="00B1520D">
+    <w:p w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="06E4C5AC" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N-octanol/water partition coefficient:</w:t>
       </w:r>
-      <w:r w:rsidR="00C87503" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00C87503">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Low Pow: 1.38.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11800C76" w14:textId="77777777" w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidRDefault="00C32EA2" w:rsidP="00B1520D">
+    <w:p w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="11800C76" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Decomposition temperature:</w:t>
       </w:r>
-      <w:r w:rsidR="00C87503" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00C87503">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Not available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786ACE73" w14:textId="77777777" w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidRDefault="00C32EA2" w:rsidP="00B1520D">
+    <w:p w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="786ACE73" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Heat value:</w:t>
       </w:r>
-      <w:r w:rsidR="00C87503" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00C87503">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Not available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347F0BD6" w14:textId="77777777" w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidRDefault="00C32EA2" w:rsidP="00B1520D">
+    <w:p w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="347F0BD6" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Particle size:</w:t>
       </w:r>
-      <w:r w:rsidR="00C87503" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00C87503">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB0A64" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00FB0A64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Not </w:t>
       </w:r>
-      <w:r w:rsidR="00C87503" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00C87503">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00FB0A64" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00FB0A64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pplicable</w:t>
       </w:r>
-      <w:r w:rsidR="00C87503" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00C87503">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F5E68A" w14:textId="77777777" w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidRDefault="00C87503" w:rsidP="00B1520D">
+    <w:p w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="08F5E68A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Volatile</w:t>
       </w:r>
-      <w:r w:rsidR="00C32EA2" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00C32EA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> organic compound content:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Not available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C99EEC8" w14:textId="77777777" w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidRDefault="00C32EA2" w:rsidP="00B1520D">
+    <w:p w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5C99EEC8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Softening point:</w:t>
       </w:r>
-      <w:r w:rsidR="00FB0A64" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00FB0A64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Not applicable</w:t>
       </w:r>
-      <w:r w:rsidR="00C87503" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00C87503">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="186A66C5" w14:textId="77777777" w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidRDefault="00C32EA2" w:rsidP="00B1520D">
+    <w:p w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="186A66C5" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Viscosity: 0.530 MPa.s at 20°C </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E0AF1" w:rsidRPr="00B1520D">
+        <w:t xml:space="preserve">Viscosity: 0.530 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MPa.s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at 20°C </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="008E0AF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(68°F</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F54D90" w14:textId="77777777" w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidRDefault="00C32EA2" w:rsidP="00B1520D">
+    <w:p w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="44F54D90" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Bulk density:</w:t>
       </w:r>
-      <w:r w:rsidR="00FB0A64" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00FB0A64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Not applicable</w:t>
       </w:r>
-      <w:r w:rsidR="008E0AF1" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="008E0AF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11AD576B" w14:textId="77777777" w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidRDefault="00C32EA2" w:rsidP="00B1520D">
+    <w:p w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="11AD576B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Volatility percentage: Not available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41FF7000" w14:textId="77777777" w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidRDefault="00C32EA2" w:rsidP="00B1520D">
+    <w:p w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="41FF7000" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Concentration of saturated vapor: Not available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F787874" w14:textId="77777777" w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidRDefault="002F1591" w:rsidP="00B1520D">
+    <w:p w:rsidR="002F1591" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="7F787874" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Molecular weight:</w:t>
       </w:r>
-      <w:r w:rsidR="00FB0A64" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00FB0A64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C32EA2" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00C32EA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>100.121 g/mol.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB1ECC8" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4BB1ECC8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Molecular Formula: C5H8O2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03D58B34" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="03D58B34" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3249F580" w14:textId="77777777" w:rsidR="00F24155" w:rsidRPr="00B1520D" w:rsidRDefault="00F24155" w:rsidP="00B1520D">
+    <w:p w:rsidR="00F24155" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="3249F580" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A5BFE66" w14:textId="77777777" w:rsidR="00F24155" w:rsidRPr="00B1520D" w:rsidRDefault="00F24155" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00F24155" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5A5BFE66" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">STABILITY AND REACTIVITY </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163B7329" w14:textId="77777777" w:rsidR="00F24155" w:rsidRPr="00B1520D" w:rsidRDefault="00F24155" w:rsidP="00B1520D">
+    <w:p w:rsidR="00F24155" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="163B7329" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23DF1BDB" w14:textId="233114E0" w:rsidR="00F24155" w:rsidRPr="00B1520D" w:rsidRDefault="00F24155" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00F24155" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="23DF1BDB" w14:textId="233114E0">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Chemical Stability: This product is stable until its self-ignition temperature.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="413C6D36" w14:textId="77777777" w:rsidR="00384882" w:rsidRPr="00B1520D" w:rsidRDefault="00384882" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00384882" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="413C6D36" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Possibility of hazardous reactions: dangerous polymerization in case of heat exposure.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4636837D" w14:textId="77777777" w:rsidR="00F24155" w:rsidRPr="00B1520D" w:rsidRDefault="00F24155" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00F24155" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4636837D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Conditions to Avoid: Prolonged heating or a catalyst can initiate polymerization of this product.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="345F2834" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="003A390A" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="345F2834" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Incompatibility with other materials: Peroxide and Azo polymer initiators, strong acids, alkalis, and oxidizing agents. Additionally, bases, acids, and flammable solvents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41962BE8" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="41962BE8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Dangerous Breaking down Products: Vapor</w:t>
       </w:r>
-      <w:r w:rsidR="0038301E" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="0038301E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">s heavier than air that tend to </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>accumulate themselves form flammable mixtures.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="391F3507" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="391F3507" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Dangerous Polymerizat</w:t>
       </w:r>
-      <w:r w:rsidR="008019BB" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="008019BB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ion: Exothermic reactions (production of</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> heat).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D422DE6" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="7D422DE6" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EE7C105" w14:textId="77777777" w:rsidR="00375CB6" w:rsidRPr="00B1520D" w:rsidRDefault="00375CB6" w:rsidP="00B1520D">
+    <w:p w:rsidR="00375CB6" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6EE7C105" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BE4CF62" w14:textId="77777777" w:rsidR="00375CB6" w:rsidRPr="00B1520D" w:rsidRDefault="00375CB6" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00375CB6" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4BE4CF62" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rStyle w:val="Ttulo1Car"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Car"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>TOXICOLOGICAL INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23F4B21A" w14:textId="77777777" w:rsidR="00375CB6" w:rsidRPr="00B1520D" w:rsidRDefault="00375CB6" w:rsidP="00B1520D">
+    <w:p w:rsidR="00375CB6" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="23F4B21A" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B75D9B0" w14:textId="3045D201" w:rsidR="00375CB6" w:rsidRPr="00B1520D" w:rsidRDefault="00375CB6" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00375CB6" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1B75D9B0" w14:textId="3045D201">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Possible routes of exposure: Respiratory, dermal, ocular and some organs when exposed to high concentrations in prolonged times.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="132CF5E7" w14:textId="77777777" w:rsidR="00375CB6" w:rsidRPr="00B1520D" w:rsidRDefault="00375CB6" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00375CB6" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="132CF5E7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Acute Toxicity: Inhalation: This product irritates the respiratory tract. High concentrations of this product in the atmosphere can irritate the respiratory tract and produce dizziness, headache, and anesthetic effects. Skin Contact: Possible sensitivity after skin contact, Irritation of skin, Repeated and/or long-term skin contact can cause dermatitis. Eye Contact: High concentrations of this product can irritate the eyes. Swallowed: This product has low oral toxicity, but if swallowed, it can irritate the gastrointestinal tract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE264E7" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="3EE264E7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Chronic Toxicity: Long-term exposure repeated exposure to </w:t>
       </w:r>
-      <w:r w:rsidR="00853351" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00853351">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>high concentrations</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> of this product can cause adverse effects on heart, lungs, liver, and kidneys. According to different studies, there is no reason to think that Methyl Methacrylate represents a carcinogenic or mutagenic risk for people. Long-term exposures of pregnant mothers do not produce eithe</w:t>
       </w:r>
-      <w:r w:rsidR="00853351" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00853351">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>r toxic effects on embryos or f</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>etus or teratogenic effects.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E45BE6C" w14:textId="77777777" w:rsidR="0019549C" w:rsidRPr="00B1520D" w:rsidRDefault="0019549C" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="0019549C" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="0E45BE6C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Additional information:</w:t>
       </w:r>
-      <w:r w:rsidR="00853351" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00853351">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A6FA2C" w14:textId="77777777" w:rsidR="00F468A4" w:rsidRPr="00B1520D" w:rsidRDefault="00F468A4" w:rsidP="00B1520D">
+    <w:p w:rsidR="00F468A4" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="24A6FA2C" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34D821A8" w14:textId="77777777" w:rsidR="00F468A4" w:rsidRPr="00B1520D" w:rsidRDefault="00F468A4" w:rsidP="00B1520D">
+    <w:p w:rsidR="00F468A4" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="34D821A8" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6290024C" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6290024C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ECOLOGICAL INFORMATION:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B4F666" w14:textId="77777777" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00244CE2" w:rsidP="00B1520D">
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="49B4F666" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Contenidodelatabla"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="258DF2B3" w14:textId="78F1BF81" w:rsidR="00FF2F98" w:rsidRPr="00B1520D" w:rsidRDefault="00244CE2" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF2F98" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="258DF2B3" w14:textId="78F1BF81">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Eco</w:t>
       </w:r>
-      <w:r w:rsidR="00183B36" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00183B36">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">toxicity: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A48602" w14:textId="77777777" w:rsidR="00FF2F98" w:rsidRPr="00B1520D" w:rsidRDefault="00FF2F98" w:rsidP="00B1520D">
+    <w:p w:rsidR="00FF2F98" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="51A48602" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FB5D16B" w14:textId="77777777" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00FF2F98" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2FB5D16B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="00244CE2" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ow toxicity for fish.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2FD5C7" w14:textId="77777777" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00244CE2" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6D2FD5C7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="006C03CD" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="006C03CD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>L50 (fish) typically &gt; 100 mg/L.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F292050" w14:textId="77777777" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00244CE2" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5F292050" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>CE50 (Da</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C03CD" w:rsidRPr="00B1520D">
+        <w:t>CE50 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>phnia magna) (48 hours) 69 mg/L</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B1520D">
+        <w:t>Da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="006C03CD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:t>phnia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="006C03CD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> magna) (48 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="006C03CD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>hours</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="006C03CD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>) 69 mg/L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C981FE" w14:textId="77777777" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="008B1F67" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="47C981FE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>Low toxicity for algae</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00244CE2" w:rsidRPr="00B1520D">
+        <w:t xml:space="preserve">Low </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
+        <w:t>toxicity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>algae</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="188CBA74" w14:textId="6A98ED16" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00244CE2" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="188CBA74" w14:textId="6A98ED16">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>CE50 (</w:t>
       </w:r>
-      <w:r w:rsidR="00275407" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00275407">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">elenastrm </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00275407" w:rsidRPr="00B1520D">
+        <w:t>elenastrm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00275407">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ap</w:t>
       </w:r>
-      <w:r w:rsidR="006C03CD" w:rsidRPr="00B1520D">
-[...6 lines deleted...]
-        <w:t>ricornutum) (96 hours) 170 mg/</w:t>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="006C03CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ricornutum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B1520D" w:rsidR="006C03CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) (96 hours) 170 mg/</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>L.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69D9AB10" w14:textId="77777777" w:rsidR="00FF2F98" w:rsidRPr="00B1520D" w:rsidRDefault="00FF2F98" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00FF2F98" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="69D9AB10" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E84641F" w14:textId="77777777" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00244CE2" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5E84641F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Persistence and degradability: Easily biodegradable. Chemical Oxygen Demand (COD) 88% (28 days).</w:t>
       </w:r>
-      <w:r w:rsidR="00FF2F98" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00FF2F98">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Elimination of the diluted organic carbon &gt; 95% (28 days).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1801D4E7" w14:textId="77777777" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00244CE2" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1801D4E7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Bio</w:t>
       </w:r>
-      <w:r w:rsidR="00183B36" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00183B36">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">accumulation potential:  </w:t>
       </w:r>
-      <w:r w:rsidR="007544EF" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="007544EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">High volatility liquid. The product is limited soluble in water. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Low bioaccumulation potential.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19515B04" w14:textId="77777777" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00183B36" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="19515B04" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="00244CE2" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>obility</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> in soil</w:t>
       </w:r>
-      <w:r w:rsidR="00244CE2" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:  It is foreseeable that it has high mobility on ground.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="611D6BAA" w14:textId="77777777" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00244CE2" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="611D6BAA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Other adverse effects:  </w:t>
       </w:r>
-      <w:r w:rsidR="00F07CDB" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00F07CDB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B82FFA" w14:textId="77777777" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00244CE2" w:rsidP="00B1520D">
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="40B82FFA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Contenidodelatabla"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75154DC7" w14:textId="77777777" w:rsidR="00F468A4" w:rsidRPr="00B1520D" w:rsidRDefault="00F468A4" w:rsidP="00B1520D">
+    <w:p w:rsidR="00F468A4" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="75154DC7" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D55C1D4" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4D55C1D4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">DISPOSAL CONSIDERATIONS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF9C9A4" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6DF9C9A4" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22B97A70" w14:textId="5D4F6AAB" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="22B97A70" w14:textId="5D4F6AAB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Do not throw waste material of this product into waterways. Waste disposal of this product must be in accordance with regulations into effect in each country.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="409AD6DB" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="409AD6DB" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F3163EE" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="0077330A" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="0F3163EE" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">WARNING: </w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Laws, regulations and local restrictions can change or be reinterpreted from one cou</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ntry</w:t>
       </w:r>
-      <w:r w:rsidR="00741C21" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and also, they can be different from the ones being into effect in Colombia. This is why considerations about waste disposal of product and its packing may differ from the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ones appearing in this document.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D3692A" w14:textId="77777777" w:rsidR="0032128D" w:rsidRPr="00B1520D" w:rsidRDefault="0032128D" w:rsidP="00B1520D">
+    <w:p w:rsidR="0032128D" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="74D3692A" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D7669F0" w14:textId="77777777" w:rsidR="00A15150" w:rsidRPr="00B1520D" w:rsidRDefault="00A15150" w:rsidP="00B1520D">
+    <w:p w:rsidR="00A15150" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="6D7669F0" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72CB1BCA" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="72CB1BCA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>TRANSPORT INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F5FB1B" w14:textId="77777777" w:rsidR="00A15150" w:rsidRPr="00B1520D" w:rsidRDefault="00A15150" w:rsidP="00B1520D">
+    <w:p w:rsidR="00A15150" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="74F5FB1B" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B8DEFA4" w14:textId="77777777" w:rsidR="00B1520D" w:rsidRPr="00B1520D" w:rsidRDefault="00A15150" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00B1520D" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="0B8DEFA4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hazardous material: Methyl methacrylate</w:t>
       </w:r>
-      <w:r w:rsidR="00F75708" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00F75708">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1409BBA9" w14:textId="77777777" w:rsidR="00B1520D" w:rsidRPr="00B1520D" w:rsidRDefault="00A15150" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00B1520D" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="1409BBA9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Type of Risk: Flammable</w:t>
       </w:r>
-      <w:r w:rsidR="00F75708" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00F75708">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FFB635" w14:textId="77777777" w:rsidR="00B1520D" w:rsidRPr="00B1520D" w:rsidRDefault="00A15150" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00B1520D" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="50FFB635" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>UN Number: 1247</w:t>
       </w:r>
-      <w:r w:rsidR="00F75708" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00F75708">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F1BC7F2" w14:textId="77777777" w:rsidR="00B1520D" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00B1520D" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2F1BC7F2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>IATA Classification:</w:t>
       </w:r>
-      <w:r w:rsidR="00A96828" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00A96828">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73FB68D5" w14:textId="77777777" w:rsidR="00B1520D" w:rsidRPr="00B1520D" w:rsidRDefault="00A96828" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00B1520D" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="73FB68D5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Packing group: Class 3</w:t>
       </w:r>
-      <w:r w:rsidR="00F75708" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00F75708">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, p</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>acking group ll.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E61D0C7" w14:textId="4CF1D168" w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidRDefault="00E65A15" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00244CE2" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5E61D0C7" w14:textId="4CF1D168">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Marine pollutant (Yes/N</w:t>
       </w:r>
-      <w:r w:rsidR="00244CE2" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>o): N</w:t>
       </w:r>
-      <w:r w:rsidR="00F75708" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00F75708">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00244CE2" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69934A5E" w14:textId="77777777" w:rsidR="00F468A4" w:rsidRPr="00B1520D" w:rsidRDefault="00F468A4" w:rsidP="00B1520D">
+    <w:p w:rsidR="00F468A4" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="69934A5E" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5298DD73" w14:textId="77777777" w:rsidR="00F468A4" w:rsidRPr="00B1520D" w:rsidRDefault="00F468A4" w:rsidP="00B1520D">
+    <w:p w:rsidR="00F468A4" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="5298DD73" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D7474CB" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4D7474CB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>INFORMATION ABOUT REGULATIONS INTO EFFECT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07B17ECB" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="07B17ECB" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77D540B4" w14:textId="5A891715" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="77D540B4" w14:textId="5A891715">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In Colombia: Transportation of this product must be made according to provisions of Decree 1609 of 2002 concerning road transportation of chemical and dangerous substances.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B2024EA" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4B2024EA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>International Regulations: This product must be labeled according to directives of the EEC/Regulations on dangerous substances.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B34F1A9" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2B34F1A9" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2927B344" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="2927B344" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73150D7E" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="73150D7E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">IMPORTANT ADDITIONAL INFORMATION </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09B39A28" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00741C21" w:rsidP="00B1520D">
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="09B39A28" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A2D9BEA" w14:textId="77777777" w:rsidR="00E65A15" w:rsidRPr="00B1520D" w:rsidRDefault="00E65A15" w:rsidP="00B1520D">
+    <w:p w:rsidR="00E65A15" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="4A2D9BEA" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The information in this document is based on our current knowledge and it is given in good faith, but is not given an assurance express or implicit, neither is assumed any responsibility for the incorrect use of the product. This document is prepared according to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52C3405D" w14:textId="77777777" w:rsidR="00E65A15" w:rsidRPr="00B1520D" w:rsidRDefault="00E65A15" w:rsidP="00B1520D">
+    <w:p w:rsidR="00E65A15" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="52C3405D" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27892041" w14:textId="1BFE78F0" w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidRDefault="00E65A15" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00741C21" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="27892041" w14:textId="1BFE78F0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">GHS –Globally Harmonized System </w:t>
       </w:r>
-      <w:r w:rsidR="00D80331" w:rsidRPr="00B1520D">
+      <w:r w:rsidRPr="00B1520D" w:rsidR="00D80331">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Classification and Labelling </w:t>
       </w:r>
       <w:r w:rsidR="00C50221">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>f Chemicals.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A729BD" w14:textId="77777777" w:rsidR="00B11FA5" w:rsidRPr="00B1520D" w:rsidRDefault="00E65A15" w:rsidP="00B1520D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00B11FA5" w:rsidRPr="00B1520D" w:rsidP="00B1520D" w14:paraId="52A729BD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1520D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>NTC – Colombian Technical Norm 4435:2010 Merchandise Transport. Safety Data Sheets for Materials. Preparation.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B11FA5" w:rsidRPr="00B1520D" w:rsidSect="00B4714B">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:sectPr w:rsidSect="002911ED">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="3119" w:right="1701" w:bottom="2126" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="3119" w:right="1701" w:bottom="2410" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="6DD60203" w14:textId="77777777" w:rsidR="00944C21" w:rsidRDefault="00944C21">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="00C35874" w14:paraId="04833E58" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-[...9 lines deleted...]
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="7285F4AC">
+      <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="Cuadro de texto 2" o:spid="_x0000_s2057" type="#_x0000_t202" style="position:absolute;margin-left:-14.1pt;margin-top:-52pt;width:476.55pt;height:86.95pt;z-index:251667456;visibility:visible;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" filled="f" stroked="f">
-          <v:textbox style="mso-next-textbox:#Cuadro de texto 2">
+        <v:shape id="Cuadro de texto 2" o:spid="_x0000_s2050" type="#_x0000_t202" style="width:476.55pt;height:95.25pt;margin-top:-61.75pt;margin-left:-14.1pt;mso-height-relative:margin;mso-width-relative:margin;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;position:absolute;visibility:visible;v-text-anchor:top;z-index:251658240" filled="f" stroked="f">
+          <v:textbox>
             <w:txbxContent>
               <w:tbl>
                 <w:tblPr>
                   <w:tblW w:w="9181" w:type="dxa"/>
                   <w:jc w:val="center"/>
                   <w:tblBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tblBorders>
                   <w:tblLayout w:type="fixed"/>
-                  <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                  <w:tblLook w:val="04A0"/>
                 </w:tblPr>
                 <w:tblGrid>
                   <w:gridCol w:w="816"/>
                   <w:gridCol w:w="1138"/>
                   <w:gridCol w:w="3544"/>
                   <w:gridCol w:w="2612"/>
                   <w:gridCol w:w="1071"/>
                 </w:tblGrid>
-                <w:tr w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w14:paraId="663612C0" w14:textId="77777777" w:rsidTr="006F3829">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="663612C0" w14:textId="77777777" w:rsidTr="006F3829">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9181" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1954" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="529443D4" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="000D0388">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="000D0388" w14:paraId="529443D4" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E60E4A">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>Creation date</w:t>
+                        <w:t>Creation</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E60E4A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> date</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3544" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="1CFB00DF" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="000D0388">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="000D0388" w14:paraId="1CFB00DF" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E60E4A">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>Elaborated by:</w:t>
+                        <w:t>Elaborated</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E60E4A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> by:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3683" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="645D3138" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="000D0388">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="000D0388" w14:paraId="645D3138" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E60E4A">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>Revised by:</w:t>
+                        <w:t>Revised</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E60E4A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E60E4A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>by</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E60E4A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="00E60E4A" w:rsidRPr="00B4714B" w14:paraId="53C85156" w14:textId="77777777" w:rsidTr="006F3829">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="53C85156" w14:textId="77777777" w:rsidTr="006F3829">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9181" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1954" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="437A2EAF" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="000D0388">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="000D0388" w14:paraId="437A2EAF" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>2009-12-30</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3544" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="415DCEBC" w14:textId="1D2DEF43" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00B4714B" w:rsidP="006F3829">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="006F3829" w14:paraId="415DCEBC" w14:textId="3289B37E">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Technical Coordinator of Medical Devices</w:t>
+                        <w:t>Technical Analyst of Acrylic Resins</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3683" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="46D0CFFF" w14:textId="064090AB" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00B4714B" w:rsidP="006F3829">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="006F3829" w14:paraId="46D0CFFF" w14:textId="748FDC86">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Polymerization Specialized Analyst</w:t>
+                        <w:t>Product Design and Development Coordinator</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w14:paraId="49959BBC" w14:textId="77777777" w:rsidTr="006F3829">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="49959BBC" w14:textId="77777777" w:rsidTr="006F3829">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9181" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="816" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="46E53911" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="000D0388">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="000D0388" w14:paraId="46E53911" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E60E4A">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Class</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1138" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="62CB1F6F" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="000D0388">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="000D0388" w14:paraId="62CB1F6F" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E60E4A">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Page</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3544" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="2581D27F" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="000D0388">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="000D0388" w14:paraId="2581D27F" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E60E4A">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>Approved by:</w:t>
+                        <w:t>Approved</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E60E4A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E60E4A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>by</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E60E4A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2612" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="00751E91" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="0074418E" w:rsidP="000D0388">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="000D0388" w14:paraId="00751E91" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Update</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1071" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="28225EA5" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="000D0388">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="000D0388" w14:paraId="28225EA5" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00E60E4A">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Version</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w14:paraId="76B3A28D" w14:textId="77777777" w:rsidTr="006F3829">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="76B3A28D" w14:textId="77777777" w:rsidTr="006F3829">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9181" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="816" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="0B845EB1" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="000D0388">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="000D0388" w14:paraId="0B845EB1" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>E</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1138" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:id w:val="-1625697653"/>
                         <w:docPartObj>
                           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
                           <w:docPartUnique/>
                         </w:docPartObj>
                       </w:sdtPr>
-                      <w:sdtEndPr/>
                       <w:sdtContent>
-                        <w:p w14:paraId="703170EF" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="000D0388">
+                        <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="000D0388" w14:paraId="703170EF" w14:textId="77777777">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00E60E4A">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r w:rsidRPr="00E60E4A">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r w:rsidRPr="00E60E4A">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r w:rsidR="00B403EE">
+                          <w:r w:rsidR="006F0117">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:sz w:val="18"/>
                             </w:rPr>
-                            <w:t>2</w:t>
+                            <w:t>1</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00E60E4A">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                           <w:r w:rsidRPr="00E60E4A">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="007B2AA4">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00E60E4A">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">f </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00E60E4A">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r w:rsidRPr="00E60E4A">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
                           </w:r>
                           <w:r w:rsidRPr="00E60E4A">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r w:rsidR="00B403EE">
+                          <w:r w:rsidR="006F0117">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:sz w:val="18"/>
                             </w:rPr>
-                            <w:t>3</w:t>
+                            <w:t>8</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00E60E4A">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:sdtContent>
                     </w:sdt>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3544" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="33C6695A" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="00E60E4A">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="00E60E4A" w14:paraId="33C6695A" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Technical Director</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E60E4A">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
@@ -9055,604 +9360,517 @@
                       <w:r w:rsidR="007B2AA4">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>o</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E60E4A">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>f Medical Devices</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2612" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="5DC46428" w14:textId="24FA92F4" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00C47972" w:rsidP="000D0388">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="000D0388" w14:paraId="5DC46428" w14:textId="30CDE72E">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="001179F3">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>20</w:t>
-[...35 lines deleted...]
-                        <w:t>06</w:t>
+                        <w:t>2026-03-13</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1071" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="524330CA" w14:textId="795E357C" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="00E60E4A">
+                    <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="00E60E4A" w14:paraId="524330CA" w14:textId="164E6DFE">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>0</w:t>
                       </w:r>
-                      <w:r w:rsidR="00B4714B">
+                      <w:r w:rsidR="002911ED">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>3</w:t>
+                        <w:t>4</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
               </w:tbl>
-              <w:p w14:paraId="646FEE03" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="00E60E4A">
+              <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="00E60E4A" w14:paraId="646FEE03" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>REFERENCE DOCUMENT: DPDDPR-003</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="350ACD6B" w14:textId="7A710014" w:rsidR="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="00E60E4A">
+              <w:p w:rsidR="00E60E4A" w:rsidP="00E60E4A" w14:paraId="350ACD6B" w14:textId="0653A509">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>UPDATE: 20</w:t>
+                  <w:t xml:space="preserve">UPDATE: </w:t>
                 </w:r>
-                <w:r w:rsidR="00B4714B">
+                <w:r w:rsidR="002911ED">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>20-11-17</w:t>
+                  <w:t>2023-11-29</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="7A776406" w14:textId="59E04670" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A" w:rsidP="00E60E4A">
+              <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidP="00E60E4A" w14:paraId="7A776406" w14:textId="57F6C0A7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>VERSION: 0</w:t>
                 </w:r>
-                <w:r w:rsidR="00B4714B">
+                <w:r w:rsidR="002911ED">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <w:t>6</w:t>
+                  <w:t>7</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="5145386F" w14:textId="77777777" w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w:rsidRDefault="00E60E4A">
+              <w:p w:rsidR="00E60E4A" w:rsidRPr="00E60E4A" w14:paraId="5145386F" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="3E24FDEE" w14:textId="77777777" w:rsidR="00944C21" w:rsidRDefault="00944C21">
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="00C35874" w14:paraId="3B4E4B16" w14:textId="6F6A8730">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-[...38 lines deleted...]
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
-      <w:pict w14:anchorId="3370614C">
+      <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="_x0000_s2054" type="#_x0000_t202" style="position:absolute;margin-left:-60pt;margin-top:70.1pt;width:566pt;height:50.8pt;z-index:251663360" filled="f" stroked="f">
-          <v:textbox style="mso-next-textbox:#_x0000_s2054">
+        <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:566pt;height:50.8pt;margin-top:70.1pt;margin-left:-60pt;position:absolute;z-index:251658240" filled="f" stroked="f">
+          <v:textbox>
             <w:txbxContent>
-              <w:p w14:paraId="18084F57" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B4714B" w:rsidRDefault="00741C21" w:rsidP="00741C21">
+              <w:p w:rsidR="00741C21" w:rsidRPr="00B4714B" w:rsidP="00741C21" w14:paraId="18084F57" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B4714B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>SAFETY DATA SHEET</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="11D882F7" w14:textId="0E08EDFD" w:rsidR="00741C21" w:rsidRPr="00B4714B" w:rsidRDefault="00015907" w:rsidP="00741C21">
+              <w:p w:rsidR="00741C21" w:rsidRPr="00B4714B" w:rsidP="00741C21" w14:paraId="11D882F7" w14:textId="0E08EDFD">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B4714B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>HEAT</w:t>
                 </w:r>
-                <w:r w:rsidR="006F3829" w:rsidRPr="00B4714B">
+                <w:r w:rsidRPr="00B4714B" w:rsidR="006F3829">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>-CURING</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00B4714B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r w:rsidR="00741C21" w:rsidRPr="00B4714B">
+                <w:r w:rsidRPr="00B4714B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>ACRYLIC MONOMER</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="3A2506B6" w14:textId="77777777" w:rsidR="00741C21" w:rsidRPr="00B4714B" w:rsidRDefault="000B6032" w:rsidP="00741C21">
+              <w:p w:rsidR="00741C21" w:rsidRPr="00B4714B" w:rsidP="00741C21" w14:paraId="3A2506B6" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B4714B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>DPDDFS-028</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="397F4ACF" w14:textId="77777777" w:rsidR="008A0113" w:rsidRPr="00741C21" w:rsidRDefault="008A0113" w:rsidP="00741C21">
+              <w:p w:rsidR="008A0113" w:rsidRPr="00741C21" w:rsidP="00741C21" w14:paraId="397F4ACF" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r w:rsidR="00B4714B">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49F0F28B" wp14:editId="2E49F107">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-795020</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-93609</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7187715" cy="9489057"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="Imagen 2"/>
+          <wp:docPr id="30713055" name="Imagen 30713055"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Imagen 1"/>
+                  <pic:cNvPr id="30713055" name="Imagen 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                      <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7187715" cy="9489057"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="45A361AF" w14:textId="77777777" w:rsidR="00C35874" w:rsidRDefault="00C35874">
+  <w:p w:rsidR="00C35874" w14:paraId="45A361AF" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1297B44F" wp14:editId="60ED03AD">
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="5612130" cy="7790772"/>
           <wp:effectExtent l="19050" t="0" r="7620" b="0"/>
-          <wp:docPr id="4" name="Imagen 4" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
+          <wp:docPr id="1704431878" name="Imagen 1704431878" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
+                  <pic:cNvPr id="1704431878" name="Picture 5" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2"/>
-                  <a:srcRect/>
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="7790772"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="27E7567C" w14:textId="77777777" w:rsidR="00C35874" w:rsidRDefault="00C35874">
+  <w:p w:rsidR="00C35874" w14:paraId="27E7567C" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="70ED99B4" w14:textId="77777777" w:rsidR="00C35874" w:rsidRDefault="00C35874">
+  <w:p w:rsidR="00C35874" w14:paraId="70ED99B4" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7FB300E6" wp14:editId="11367DD4">
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="5612130" cy="7790772"/>
           <wp:effectExtent l="19050" t="0" r="7620" b="0"/>
-          <wp:docPr id="5" name="Imagen 5" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
+          <wp:docPr id="443914763" name="Imagen 443914763" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
+                  <pic:cNvPr id="443914763" name="Picture 2" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2"/>
-                  <a:srcRect/>
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="7790772"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000010"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000010"/>
     <w:name w:val="WW8Num16"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="283"/>
         </w:tabs>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="335"/>
@@ -10188,155 +10406,155 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D644550"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="660A0A0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo1"/>
+      <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo2"/>
+      <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo3"/>
+      <w:pStyle w:val="Heading3"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo4"/>
+      <w:pStyle w:val="Heading4"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo5"/>
+      <w:pStyle w:val="Heading5"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo6"/>
+      <w:pStyle w:val="Heading6"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo7"/>
+      <w:pStyle w:val="Heading7"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo8"/>
+      <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo9"/>
+      <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2062093B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="293AE61E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -10542,147 +10760,147 @@
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23193C38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="45901132"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1942" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2662" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3382" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4102" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="259449F2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BD8E6B6C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
@@ -11086,371 +11304,373 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B89382E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B400DE8E"/>
-    <w:lvl w:ilvl="0" w:tplc="15665952">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B565778"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB262C94"/>
-    <w:lvl w:ilvl="0" w:tplc="15665952">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F4C61EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A8231B6"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57AA6320"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8E723F84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="16"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="375" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
@@ -11770,147 +11990,147 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6798792B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE72E1FA"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D4B30EA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CB029062"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="375" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
@@ -11998,236 +12218,236 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75A20D20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6AA2E58"/>
-    <w:lvl w:ilvl="0" w:tplc="240A000F">
+    <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0019">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D6429D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BACAB56"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E34753A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8D9E7342"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12315,513 +12535,497 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F9F525A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D32CC576"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5000" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="763108581">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1760250022">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1651593436">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="418989383">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="965543604">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1116217659">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="726224488">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="820543349">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="936984166">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2032104693">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="509032180">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1684743537">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="378818797">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1231841305">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="2065331743">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="2021472196">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="357706576">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1063259594">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="889533284">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1040862150">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1429230750">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1626353599">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="494422026">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="2127651379">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="36320974">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="840393638">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1830292385">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1976251780">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1034842766">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="2081634682">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="352540480">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="915821988">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1854145464">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1739858751">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="41249680">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1082332996">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1313100049">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="417095577">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="537476804">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="916669538">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="2123643611">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="2061636818">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1146168335">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="370768647">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="1868132732">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="91365106">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="47">
+  <w:num w:numId="47" w16cid:durableId="2039550875">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="48">
+  <w:num w:numId="48" w16cid:durableId="1323852180">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="49">
+  <w:num w:numId="49" w16cid:durableId="98649549">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="50">
+  <w:num w:numId="50" w16cid:durableId="401877206">
     <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="6"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="12"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...14 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...13 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00C35874"/>
     <w:rsid w:val="00015907"/>
     <w:rsid w:val="00022F5A"/>
     <w:rsid w:val="00023D52"/>
     <w:rsid w:val="000835B6"/>
+    <w:rsid w:val="000B1F63"/>
     <w:rsid w:val="000B4068"/>
     <w:rsid w:val="000B6032"/>
     <w:rsid w:val="000C4F47"/>
     <w:rsid w:val="000C637D"/>
+    <w:rsid w:val="000D0388"/>
     <w:rsid w:val="000E7CD1"/>
     <w:rsid w:val="000F7ECC"/>
     <w:rsid w:val="00116326"/>
     <w:rsid w:val="001179F3"/>
     <w:rsid w:val="00120F6B"/>
     <w:rsid w:val="00152548"/>
     <w:rsid w:val="00172CFF"/>
     <w:rsid w:val="00183B36"/>
     <w:rsid w:val="00185E58"/>
     <w:rsid w:val="0019549C"/>
     <w:rsid w:val="00196F6B"/>
     <w:rsid w:val="001A7774"/>
     <w:rsid w:val="001B67D1"/>
     <w:rsid w:val="001B70FA"/>
     <w:rsid w:val="001C791C"/>
     <w:rsid w:val="001D320C"/>
     <w:rsid w:val="001D7A0A"/>
     <w:rsid w:val="001E6861"/>
     <w:rsid w:val="00214981"/>
     <w:rsid w:val="00216DD0"/>
+    <w:rsid w:val="0022203A"/>
     <w:rsid w:val="00226F10"/>
     <w:rsid w:val="002359EA"/>
     <w:rsid w:val="002364D8"/>
     <w:rsid w:val="0023748A"/>
     <w:rsid w:val="002401A4"/>
     <w:rsid w:val="00244CE2"/>
     <w:rsid w:val="00255564"/>
     <w:rsid w:val="00275407"/>
+    <w:rsid w:val="002911ED"/>
     <w:rsid w:val="002A4707"/>
     <w:rsid w:val="002C0FE0"/>
     <w:rsid w:val="002F1591"/>
     <w:rsid w:val="00303DE3"/>
     <w:rsid w:val="0032128D"/>
     <w:rsid w:val="00337DC5"/>
     <w:rsid w:val="00356E98"/>
     <w:rsid w:val="00372B3D"/>
     <w:rsid w:val="00375CB6"/>
     <w:rsid w:val="0038301E"/>
     <w:rsid w:val="00384882"/>
     <w:rsid w:val="003A390A"/>
     <w:rsid w:val="003B3940"/>
     <w:rsid w:val="003C725F"/>
     <w:rsid w:val="00400402"/>
+    <w:rsid w:val="004059AC"/>
     <w:rsid w:val="00405B87"/>
     <w:rsid w:val="00423B5B"/>
     <w:rsid w:val="00434E7D"/>
     <w:rsid w:val="00454C1D"/>
     <w:rsid w:val="00481EA9"/>
     <w:rsid w:val="004852AE"/>
     <w:rsid w:val="004915DF"/>
     <w:rsid w:val="004958B2"/>
     <w:rsid w:val="004A3D57"/>
     <w:rsid w:val="004A76CE"/>
     <w:rsid w:val="004C1B77"/>
     <w:rsid w:val="004C5B08"/>
     <w:rsid w:val="004E021E"/>
     <w:rsid w:val="004E486B"/>
     <w:rsid w:val="00532436"/>
     <w:rsid w:val="00534E08"/>
     <w:rsid w:val="00554041"/>
     <w:rsid w:val="005909E5"/>
     <w:rsid w:val="005938E5"/>
     <w:rsid w:val="005C1F97"/>
     <w:rsid w:val="005D161D"/>
     <w:rsid w:val="006127A4"/>
     <w:rsid w:val="00616B8C"/>
+    <w:rsid w:val="00642134"/>
     <w:rsid w:val="0064616A"/>
     <w:rsid w:val="006559C6"/>
     <w:rsid w:val="00661DCC"/>
     <w:rsid w:val="006644A8"/>
     <w:rsid w:val="00677A62"/>
     <w:rsid w:val="00681911"/>
     <w:rsid w:val="00684237"/>
     <w:rsid w:val="00691212"/>
     <w:rsid w:val="00692E06"/>
     <w:rsid w:val="00694DCA"/>
     <w:rsid w:val="006A76EE"/>
     <w:rsid w:val="006B4891"/>
     <w:rsid w:val="006B79B7"/>
     <w:rsid w:val="006C03CD"/>
     <w:rsid w:val="006C166C"/>
     <w:rsid w:val="006C3CF4"/>
     <w:rsid w:val="006C6DF5"/>
+    <w:rsid w:val="006F0117"/>
     <w:rsid w:val="006F1D31"/>
     <w:rsid w:val="006F3829"/>
     <w:rsid w:val="00701226"/>
     <w:rsid w:val="00706A58"/>
     <w:rsid w:val="00712916"/>
     <w:rsid w:val="00727C85"/>
     <w:rsid w:val="00741C21"/>
+    <w:rsid w:val="007438E4"/>
     <w:rsid w:val="0074418E"/>
     <w:rsid w:val="0075413F"/>
     <w:rsid w:val="007544EF"/>
     <w:rsid w:val="00761CCE"/>
     <w:rsid w:val="007729D7"/>
     <w:rsid w:val="0077330A"/>
     <w:rsid w:val="00773F24"/>
     <w:rsid w:val="00790782"/>
     <w:rsid w:val="0079535A"/>
     <w:rsid w:val="007A0C76"/>
     <w:rsid w:val="007B21DC"/>
     <w:rsid w:val="007B2AA4"/>
     <w:rsid w:val="007C0BFC"/>
     <w:rsid w:val="007D105D"/>
     <w:rsid w:val="007D3001"/>
     <w:rsid w:val="007D3165"/>
     <w:rsid w:val="008019BB"/>
     <w:rsid w:val="0082374B"/>
     <w:rsid w:val="00823DCD"/>
     <w:rsid w:val="008516EE"/>
     <w:rsid w:val="00853351"/>
     <w:rsid w:val="00865569"/>
     <w:rsid w:val="00875587"/>
     <w:rsid w:val="00891A17"/>
     <w:rsid w:val="008A0113"/>
     <w:rsid w:val="008B1F67"/>
     <w:rsid w:val="008B21BF"/>
     <w:rsid w:val="008B359A"/>
     <w:rsid w:val="008C3153"/>
     <w:rsid w:val="008D334A"/>
     <w:rsid w:val="008E0AF1"/>
     <w:rsid w:val="008E6D44"/>
     <w:rsid w:val="00904DD2"/>
+    <w:rsid w:val="00905080"/>
     <w:rsid w:val="009061DA"/>
     <w:rsid w:val="00910F26"/>
     <w:rsid w:val="00917ABC"/>
     <w:rsid w:val="00925A7B"/>
     <w:rsid w:val="00944C21"/>
     <w:rsid w:val="00961FC7"/>
     <w:rsid w:val="0098136C"/>
     <w:rsid w:val="00994CB5"/>
     <w:rsid w:val="009B3ACA"/>
     <w:rsid w:val="009C2DDD"/>
     <w:rsid w:val="009E409D"/>
     <w:rsid w:val="009E7ABF"/>
     <w:rsid w:val="009F2A33"/>
     <w:rsid w:val="009F56EF"/>
     <w:rsid w:val="00A04105"/>
     <w:rsid w:val="00A065D4"/>
     <w:rsid w:val="00A06AED"/>
     <w:rsid w:val="00A15150"/>
     <w:rsid w:val="00A35FA2"/>
     <w:rsid w:val="00A5302B"/>
     <w:rsid w:val="00A60B2B"/>
     <w:rsid w:val="00A73D84"/>
     <w:rsid w:val="00A76DD1"/>
     <w:rsid w:val="00A85719"/>
     <w:rsid w:val="00A878F7"/>
@@ -12907,98 +13111,93 @@
     <w:rsid w:val="00EB4BC7"/>
     <w:rsid w:val="00EE2E22"/>
     <w:rsid w:val="00F07CDB"/>
     <w:rsid w:val="00F1517A"/>
     <w:rsid w:val="00F153FF"/>
     <w:rsid w:val="00F20D21"/>
     <w:rsid w:val="00F24155"/>
     <w:rsid w:val="00F33F9B"/>
     <w:rsid w:val="00F468A4"/>
     <w:rsid w:val="00F46E46"/>
     <w:rsid w:val="00F53C93"/>
     <w:rsid w:val="00F608D7"/>
     <w:rsid w:val="00F6181B"/>
     <w:rsid w:val="00F75708"/>
     <w:rsid w:val="00F85250"/>
     <w:rsid w:val="00F860A2"/>
     <w:rsid w:val="00F93D8D"/>
     <w:rsid w:val="00FA1726"/>
     <w:rsid w:val="00FB0503"/>
     <w:rsid w:val="00FB0A64"/>
     <w:rsid w:val="00FD0A8E"/>
     <w:rsid w:val="00FD152F"/>
     <w:rsid w:val="00FD461F"/>
     <w:rsid w:val="00FF2F98"/>
   </w:rsids>
+  <w:docVars>
+    <w:docVar w:name="APPROVER" w:val="Daniel Osorio Amariles"/>
+    <w:docVar w:name="CONSENT" w:val="Diego Alejandro Muñoz Jaramillo"/>
+    <w:docVar w:name="DATECR" w:val="2025-11-10"/>
+    <w:docVar w:name="DATEREV" w:val="2026-03-13"/>
+    <w:docVar w:name="DOC" w:val="DPDDFS-028"/>
+    <w:docVar w:name="ELABFUNCTION" w:val="JEFE DEPARTAMENTO DISEÑO Y DESARROLLO"/>
+    <w:docVar w:name="ELABORATOR" w:val="Elizabeth Rojas Zapata; Cesar Eduardo Cardona Quintero"/>
+    <w:docVar w:name="ELABUSERFUNCTION" w:val="Rosaura Carmona - JEFE DEPARTAMENTO DISEÑO Y DESARROLLO"/>
+    <w:docVar w:name="IDLOGINCURRENT" w:val="RCarmona"/>
+    <w:docVar w:name="NMUSERCURRENT" w:val="Rosaura Carmona"/>
+    <w:docVar w:name="NRCOPY" w:val="1"/>
+    <w:docVar w:name="REV" w:val="04"/>
+    <w:docVar w:name="TITLE" w:val="SAFETY DATA SHEET ACRYLIC MONOMER HEAT POLYMERIZED"/>
+  </w:docVars>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
-    <m:brkBin m:val="before"/>
-[...8 lines deleted...]
-    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...8 lines deleted...]
-  <w:listSeparator w:val=","/>
   <w14:docId w14:val="588CD750"/>
-  <w15:docId w15:val="{D43EDC31-C9FF-4C27-B494-EC7410240B6E}"/>
+  <w15:docId w15:val="{1C74F24D-CB73-4D4C-8221-A590220C21D2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-CO" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13326,644 +13525,647 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00741C21"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:qFormat/>
     <w:rsid w:val="00741C21"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00741C21"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:bCs/>
       <w:iCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00741C21"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00741C21"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo5Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00741C21"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo6Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00741C21"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo7Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00741C21"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo8Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00741C21"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00741C21"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Encabezado">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C35874"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Encabezado"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C35874"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Piedepgina">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C35874"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Piedepgina"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C35874"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textodeglobo">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C35874"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Textodeglobo"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C35874"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00741C21"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00741C21"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00741C21"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00741C21"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
     <w:name w:val="Título 5 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo5"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00741C21"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Car">
     <w:name w:val="Título 6 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo6"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00741C21"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
     <w:name w:val="Título 7 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo7"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00741C21"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
     <w:name w:val="Título 8 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo8"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00741C21"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
     <w:name w:val="Título 9 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo9"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00741C21"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hps">
     <w:name w:val="hps"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00DC1DE7"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="shorttext">
     <w:name w:val="short_text"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0064616A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009061DA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="009061DA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00D73158"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00152548"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contenidodelatabla">
     <w:name w:val="Contenido de la tabla"/>
-    <w:basedOn w:val="Textoindependiente"/>
+    <w:basedOn w:val="BodyText"/>
     <w:rsid w:val="00244CE2"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextoindependienteCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00244CE2"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
     <w:name w:val="Texto independiente Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Textoindependiente"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00244CE2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14209,67 +14411,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>10707</Characters>
+  <Pages>8</Pages>
+  <Words>1945</Words>
+  <Characters>10702</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>89</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12628</CharactersWithSpaces>
+  <CharactersWithSpaces>12622</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>auxcalidad</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>