--- v0 (2025-10-08)
+++ v1 (2026-01-02)
@@ -1,4043 +1,4234 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <!-- Generated by Aspose.Words for .NET 25.11.0 -->
   <w:body>
-    <w:p w14:paraId="2D71DE13" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="2D71DE13" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>IDENTIFICATION OF PRODUCT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04613D66" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="04613D66" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="217D11E7" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="217D11E7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Chemical name: Poly methylmethacrylate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562485F6" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="562485F6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Generic name: Poly methylmethacrylate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52340D4D" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="52340D4D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Synonyms: PMMA, acrylic resin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31EF2222" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="31EF2222" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Recommended use and product use restrictions: It is used to make dentures. It must be used by trained personnel and only for dental and dental laboratory use.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DFD400D" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="3DFD400D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Emergency number: In case of emergency contact the Safety and Health at Work Coordination at the following numbers (+57 60 4) 403 87 60, ext. 1304, 1306.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378F1A6D" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="378F1A6D" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07F58A10" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="07F58A10" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71BE3FB5" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="71BE3FB5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>IDENTIFICATION OF HAZARDS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9EEFED" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="2A9EEFED" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="2E67239A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>GHS Classification:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45CD8FE1" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="45CD8FE1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="680" w:hanging="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3956"/>
         <w:gridCol w:w="1561"/>
         <w:gridCol w:w="1423"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="76DFBD96" w14:textId="77777777" w:rsidTr="004967CB">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="76DFBD96" w14:textId="77777777" w:rsidTr="004967CB">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3956" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A1588C5" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="7A1588C5" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Health</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="272CEC32" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="272CEC32" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Environment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="016E131C" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="016E131C" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Physical</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="72AADD00" w14:textId="77777777" w:rsidTr="004967CB">
+      <w:tr w14:paraId="72AADD00" w14:textId="77777777" w:rsidTr="004967CB">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="516"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3956" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="007907FA" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="007907FA" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Eye irritation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E33B0CD" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="3E33B0CD" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Category 2B</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60127E0A" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="60127E0A" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="407A3B92" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="407A3B92" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Respiratory sensitization or cutaneous Category 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C4C2622" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="2C4C2622" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No data set</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="005FB4E1" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="005FB4E1" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No data set</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1FED2ADC" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="1FED2ADC" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="68920453" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>GHS labelling:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44BCCC27" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="44BCCC27" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2226"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="4533"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="225B9DCF" w14:textId="77777777" w:rsidTr="004967CB">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="225B9DCF" w14:textId="77777777" w:rsidTr="004967CB">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19F0D281" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="19F0D281" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Symbol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46C86CA4" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="46C86CA4" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Signal word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11FC97E3" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="11FC97E3" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Danger indication</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="34F038F5" w14:textId="77777777" w:rsidTr="004967CB">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="34F038F5" w14:textId="77777777" w:rsidTr="004967CB">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FC1C679" w14:textId="7E603676" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="2FC1C679" w14:textId="7E603676">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52BA5A1D" wp14:editId="3D5EF16A">
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1276350" cy="542925"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="4" name="Imagen 4"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Imagen 3"/>
+                          <pic:cNvPr id="4" name="Imagen 3"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7">
+                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
                             <a:extLst>
-                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
-                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1276350" cy="542925"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37E7D33E" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="37E7D33E" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Attention</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="539FCFB5" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="539FCFB5" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Causes eye irritation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="5F0A6E6A" w14:textId="77777777" w:rsidTr="004967CB">
+      <w:tr w14:paraId="5F0A6E6A" w14:textId="77777777" w:rsidTr="004967CB">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="848"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EC5DF8C" w14:textId="0DA48F72" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="7EC5DF8C" w14:textId="0DA48F72">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="521FEA71" wp14:editId="119148DA">
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="342900" cy="457200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="3" name="Imagen 3" descr="HealthHazard"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Imagen 2" descr="HealthHazard"/>
+                          <pic:cNvPr id="3" name="Imagen 2" descr="HealthHazard"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8" cstate="print">
+                          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
                             <a:extLst>
-                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
-                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="342900" cy="457200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="081E082E" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="081E082E" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Danger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="032C8C2E" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="032C8C2E" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>May cause allergy symptoms, asthma or breathing difficulties if inhaled</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E3AD112" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="2E3AD112" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="217373FC" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="217373FC" w14:textId="33B0931D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Precautionary indications: May cause irritation to eyes, skin and respiratory tract.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+        <w:t>Precautionary indications: May cause irritation to eyes, skin</w:t>
+      </w:r>
+      <w:r w:rsidR="00552171">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C42DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and respiratory tract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="65355938" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Appearance in emergency: Odorless fine powder, irritating to the eyes if dispersed in the air. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AACAEE8" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="4AACAEE8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Potential adverse effects: Low oral toxicity dispersed in the air can cause eye irritation, cases of skin irritation are not known, no adverse evidence.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DBED3E5" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="5DBED3E5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>NFPA:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD3DB51" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...10 lines deleted...]
-    <w:p w14:paraId="6691BE8A" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="7CD3DB51" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="6691BE8A" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Health 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0047A7C0" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="0047A7C0" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Flammability 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57FB2EA4" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="57FB2EA4" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Reactivity 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A3924C4" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="5A3924C4" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="5D445D9A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>OSHA regulatory state: OSHA Regulatory Status: OSHA Regulatory Status: This material is not considered hazardous by the OSHA Hazard Communication Standard (29 CFR 1910.1200).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C7B417" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...23 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="22C7B417" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="62549358" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="61A591A0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>INFORMATION ABOUT COMPOSITION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27D08E3A" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="27D08E3A" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1661"/>
         <w:gridCol w:w="1572"/>
         <w:gridCol w:w="1450"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="51B86074" w14:textId="77777777" w:rsidTr="004967CB">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="51B86074" w14:textId="77777777" w:rsidTr="004967CB">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06ED1E84" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="06ED1E84" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>HAZARDOUS COMPONENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="65A42BB4" w14:textId="77777777" w:rsidTr="004967CB">
+      <w:tr w14:paraId="65A42BB4" w14:textId="77777777" w:rsidTr="004967CB">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="70"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29592C51" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="29592C51" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Common name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D05E1A9" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="5D05E1A9" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Concentration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45AF001D" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="45AF001D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CAS Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="59BB2F4E" w14:textId="77777777" w:rsidTr="004967CB">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="59BB2F4E" w14:textId="77777777" w:rsidTr="004967CB">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="662D8A0E" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="662D8A0E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N.A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C1629FA" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="7C1629FA" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N.A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7955556D" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="7955556D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N.A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D12B526" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="51BC6FA2" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51BC6FA2" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2395"/>
         <w:gridCol w:w="1572"/>
         <w:gridCol w:w="1450"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="19D6761C" w14:textId="77777777" w:rsidTr="004967CB">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="19D6761C" w14:textId="77777777" w:rsidTr="004967CB">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45138B5E" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="45138B5E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>NON-HAZARDOUS COMPONENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="0ADCA24F" w14:textId="77777777" w:rsidTr="004967CB">
+      <w:tr w14:paraId="0ADCA24F" w14:textId="77777777" w:rsidTr="004967CB">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="70"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="537DC54C" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="537DC54C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Common name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B06C622" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="1B06C622" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Concentration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DEBD1CD" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="6DEBD1CD" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CAS Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="6592F0BC" w14:textId="77777777" w:rsidTr="004967CB">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="6592F0BC" w14:textId="77777777" w:rsidTr="004967CB">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D4B557D" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="4D4B557D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Polymethyl methacrylate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E1B7D5E" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="5E1B7D5E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>90-99%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FA55AA2" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB">
+          <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w14:paraId="5FA55AA2" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C42DA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9011-14-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="512A4E1D" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="512A4E1D" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F038500" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="5F038500" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2512425E" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="2512425E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>FIRST AID MEASURES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4888E32B" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="4888E32B" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="467FCC5A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Emergency procedures and first aid in case of:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FCF6978" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="2FCF6978" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="430DF317" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="430DF317" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Inhalation: Inhaling: Remove the patient from exposure, take him/her to a ventilated place. If breathing has stopped, supply rescue breathing. Get medical attention if any effect appears.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="093392AC" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="093392AC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Eye Contact: Wash immediately the patient’s eyes with plenty of water while keeping patient’s eyelids completely open. Consult an ophthalmologist.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A8E97BE" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="1A8E97BE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Skin Contact: Wash immediately the skin with plenty of water. Take off contaminated clothing. In case of appearance of any symptom (such as irritation or blisters), consult the physician.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624DFA28" w14:textId="5B43DF0F" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="00FB0ADE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidP="00FB0ADE" w14:paraId="624DFA28" w14:textId="5B43DF0F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ingestion: Rinse the mouth with abundant water. Drink abundant water. Do not induce vomit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6482B502" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00C87265" w:rsidRPr="00C87265" w:rsidP="00C87265" w14:paraId="112ABAB2" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="6482B502" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Most important symptoms/effects (acute and/or delayed): There are not relevant data available</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0566FDD3" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="0566FDD3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Antidote: Does not apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B2430F0" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="5B2430F0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Information for doctors: There are not relevant data available</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16764440" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="16764440" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="522515A7" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="522515A7" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73BC8FAA" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="73BC8FAA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>FIRE FIGHTING MEASURES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E07175" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="23E07175" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="746D635A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Flammability properties: Low flammability.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23896956" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="23896956" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Suitable extinction of fire: Fire can be extinguished using foam, dry powder or CO2. . Do not use direct water jets.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699AC29C" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="699AC29C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Unsuitable extinction of fire: Do not use water.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7128C79D" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="7128C79D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Instructions for fire extinguishing: Use special protective equipment. In long stays in the contaminated area, use an autonomous breathing equipment and adequate protective clothing. This product breaks down if heated at temperatures higher than 200 ºC (392 °F). The breaking down of this product caused by combustion or overheating can produce irritant and flammable toxic vapors.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+        <w:t xml:space="preserve">Instructions for fire extinguishing: Use special protective equipment. In long stays in the contaminated area, use an autonomous breathing equipment and adequate protective clothing. This product breaks down if heated at temperatures higher than 200 ºC (392 °F). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C42DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The breaking down of this product caused by combustion or overheating can produce irritant and flammable toxic vapors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="447ED649" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Firefighter’s protection: Evacuate the affected area and attack the fire at a safe distance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50EF78EC" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="50EF78EC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Protective equipment and firefighter’s protection: Self-contained breathing apparatus and encapsulated suit should be used.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DFEDDBD" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="0DFEDDBD" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="058D53A3" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="058D53A3" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19CE3BA1" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="19CE3BA1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ACCIDENTAL RELEASE MEASURES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D257CC" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="17D257CC" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="7B7EEB72" w14:textId="34360749">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Techniques, procedures, materials and protective equipment in case of:</w:t>
-[...15 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+        <w:t>Techniques, procedures, materials</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2A46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C42DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and protective equipment in case of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="4F1B7969" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="6C0D9ADE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Small spill: Spilled powder is slippery underfoot. If spilled, use gloves to pick it up and put it in a container for its later disposal or recuperation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C6669B5" w14:textId="795AB060" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="00FB0ADE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidP="00FB0ADE" w14:paraId="1C6669B5" w14:textId="795AB060">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Large spill: Sweep away the spilled product and put it in a waste drum or in a plastic bag.  Wash the slippery area with water. Avoid the spilled product to penetrate drainage channels. Uncontrolled throwing of waste of this product into waterways must be communicated to competent authorities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FF1FD41" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="00BF5C94">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00DE2A46" w:rsidRPr="003C42DA" w:rsidP="00DE2A46" w14:paraId="23E91030" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="00BF5C94" w14:paraId="1FF1FD41" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Environmental precautions: Avoid filtering on land and in water. In case of large spills or if the product contaminates lakes, rivers or seas inform the competent authorities, according to local legislation further considerations: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="218D5871" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="00BF5C94">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="00BF5C94" w14:paraId="218D5871" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Other considerations: Data not available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4686B8DF" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...23 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="4686B8DF" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="396F2A57" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="78B81196" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">HANDLING AND STORAGE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48879A5B" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="48879A5B" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidP="00BF5C94" w14:paraId="1539806F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Handling: do not put this product in contact with hot materials to avoid firing. All polymers degrade somehow if overheated. Avoid eye contact. Avoid long-term skin contact. Avoid inhalation of high concentrations of this powder. Please follow firefighting measures shown above. This product must be kept away from fire sources. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A00E0F7" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="00BF5C94">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00DE2A46" w:rsidRPr="00DE2A46" w:rsidP="00DE2A46" w14:paraId="1ABE47C6" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="00BF5C94" w14:paraId="5A00E0F7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Storage: Ambient temperatures, dry place. Keep the product covered at a temperature of 30 °C (86 °F) maximum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EC337DF" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...23 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="6EC337DF" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="5243658A" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="7E9B3EF6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">EXPOSURE CONTROLS AND PERSONAL PROTECTION </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CB6FC9" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="24CB6FC9" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="00BF5C94" w14:paraId="2B8C34C8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Conditions to control the exposure: Use a mask to protect yourself from powder. Also use safety goggles, and adequate face protection.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CD1B06D" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="00BF5C94">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="00BF5C94" w14:paraId="3CD1B06D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Engineering controls: Adequate ventilation, air extractor and equipment to wash eyes in the areas of use of products.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="536A2248" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="00BF5C94">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidP="00BF5C94" w14:paraId="536A2248" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Personal protective equipment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B21872" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00DE2A46" w:rsidRPr="00DE2A46" w:rsidP="00DE2A46" w14:paraId="383A74A2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="29B21872" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Respiratory equipment: Wear suitable protective equipment. It is advisable to use a dust mask if the exposure levels are high.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3060A3A8" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="3060A3A8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Eye protection: Safety goggles and full protection face shield.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0673407F" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidP="004967CB" w14:paraId="0673407F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Others: Wear appropriate protective clothing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E7E0129" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...31 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00DE2A46" w:rsidRPr="003C42DA" w:rsidP="00DE2A46" w14:paraId="5229C047" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C42DA">
-[...11 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="0E7E0129" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C42DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exposure parameters:               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="12FF3E24" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>TLV ACGIH: Not available.</w:t>
-[...63 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>PEL (OSHA): Total powder 5 mg/mm³, 8 h, TWA, breathable powder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="64FFA00D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Appearance: Pearls.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>TLV ACGIH: Not available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="3DABFCAC" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="0A09262F" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="1C0A886E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C42DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PHYSICAL AND CHEMICAL PROPERTIES </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="5B20B602" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="10F34099" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Color: Different colors, according to pigments</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>Appearance: Pearls.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="5F01E733" w14:textId="3C9118D4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Odor: odorless.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>Color: Different colors, according to pigments</w:t>
+      </w:r>
+      <w:r w:rsidR="000753EC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="670F8384" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Odor threshold: Does not apply.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>Odor: odorless.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="59353FAF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>pH: Does not apply.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>Odor threshold: Does not apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="6AD90985" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Fusion point: Data not available.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>pH: Does not apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="234F1134" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Evaporation percentage: Does not apply.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>Fusion point: Data not available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="2B53C24C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Initial point and boiling range: Undeterminate.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>Evaporation percentage: Does not apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="47519F3F" w14:textId="41E95649">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Flash point: 250 °C (482 °F)</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t xml:space="preserve">Initial point and boiling range: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C42DA" w:rsidR="00C439A9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Does not apply</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C42DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="21571239" w14:textId="25724FE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Evaporation rate: Does not apply</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>Flash point: 250 °C (482 °F)</w:t>
+      </w:r>
+      <w:r w:rsidR="000753EC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="2462E27C" w14:textId="2D6F8D42">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Flammability (solid, gas): Data not available.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>Evaporation rate: Does not apply</w:t>
+      </w:r>
+      <w:r w:rsidR="000753EC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="0097775B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Superior/inferior limit of flammability or exploding: Data not available.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>Flammability (solid, gas): Data not available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="4DCA9C66" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Superior/inferior limit of flammability or exploding: Data not available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="70DED3B0" w14:textId="2B8AF5FE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C42DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Vapour pressure: Does not apply</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+      <w:r w:rsidR="000753EC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="2F6BFC0D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vapor density: Does not apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CB154F7" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="5CB154F7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Specific gravity or density: Data not available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A156432" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="1A156432" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Solubility in water: Insoluble.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41B18B2F" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="41B18B2F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N-octanol/water partition coefficient: Data not available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53356CAE" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="53356CAE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Self-ignition temperature: The product is not self-flammable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43972A8C" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="43972A8C" w14:textId="41D9DC49">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Decomposition temperature: Undeterminate.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t xml:space="preserve">Decomposition temperature: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C42DA" w:rsidR="00C439A9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Data not available</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C42DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="194826D0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Heat value: Data not available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0005A6E6" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="0005A6E6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Content of volatile organic compounds (VOC): ≤ 1%.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E074E8" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="73E074E8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Melting point: Does not apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04F1E0B2" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="04F1E0B2" w14:textId="0D0BE306">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Viscosity: No data available</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+      <w:r w:rsidR="000753EC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="4E45CA08" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Density: 1.200 g/cm3.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:t>Density: 1.200 g/cm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000753EC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C42DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="666465AD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Volatility percentage:</w:t>
       </w:r>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Does not apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="349D96B5" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="349D96B5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Saturated vapor concentration: Does not apply</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CAB7712" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="1CAB7712" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Molecular weight: 800.000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7903B4CB" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="7903B4CB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Molecular formula: (C</w:t>
       </w:r>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4072,2432 +4263,2428 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)n</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3BC5FC" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="1E3BC5FC" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7627204C" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="000753EC" w14:paraId="7627204C" w14:textId="1C11172D">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="56B2E373" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="560EF5F3" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="560EF5F3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">STABILITY AND REACTIVITY </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EE05C2" w14:textId="77777777" w:rsidR="00FB0ADE" w:rsidRPr="003C42DA" w:rsidRDefault="00FB0ADE" w:rsidP="00FB0ADE">
-[...8 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FB0ADE" w:rsidRPr="003C42DA" w:rsidP="00FB0ADE" w14:paraId="22EE05C2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB0ADE" w:rsidRPr="002B168E" w:rsidP="00FB0ADE" w14:paraId="2B7AD945" w14:textId="70ED1085">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B168E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Chemical Stability: This product is very stable. Do not heat above 200°C (392°F</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B168E" w:rsidRPr="002B168E">
+        <w:t>Chemical Stability: This product is very stable. Do not heat above 200</w:t>
+      </w:r>
+      <w:r w:rsidR="000753EC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B168E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>°C (392</w:t>
+      </w:r>
+      <w:r w:rsidR="000753EC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B168E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>°F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B168E" w:rsidR="002B168E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>). Prolonged</w:t>
       </w:r>
       <w:r w:rsidRPr="002B168E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> heating or the presence of a catalys</w:t>
       </w:r>
-      <w:r w:rsidR="00BC3AF9" w:rsidRPr="002B168E">
+      <w:r w:rsidRPr="002B168E" w:rsidR="00BC3AF9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="002B168E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> are likely to reinitiate polymerization.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16FE4C50" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...13 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="00FB0ADE" w14:paraId="1E49ACEF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Possibility of hazardous reactions: Exothermic reaction (heat generation).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B7C18A8" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="0B7C18A8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Conditions to Avoid: Incompatibility with Peroxide or azo polymer initiators, strong acids, alkalis, and oxidizing agents; also with bases, acids, and flammable solvents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32CA919D" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="32CA919D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Incompatibility with other materials: Methyl methacrylate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="204110CC" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="204110CC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Dangerous breaking down products: Monomer vapors. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B2E3700" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="7B2E3700" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hazardous polymerization: Exothermic reactions (heat generation).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3700F37C" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...10 lines deleted...]
-    <w:p w14:paraId="3A89B8E2" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="3700F37C" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="3A89B8E2" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="508691F7" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="508691F7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>TOXICOLOGICAL INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559A7EBB" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="559A7EBB" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="22FCA926" w14:textId="26C23804">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Possible routes of exposure: Respiratory, dermal and ocular. </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+        <w:t>Possible routes of exposure: Respiratory, dermal</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2A46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C42DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and ocular. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidP="004967CB" w14:paraId="51F1C8C8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Acute Toxicity:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B0806A" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="000753EC" w:rsidRPr="000753EC" w:rsidP="000753EC" w14:paraId="76547D8B" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="43B0806A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Inhalation: Health risks after inhalation of this product are not known. High concentrations of this powder can irritate the respiratory tract. High concentrations of vapors originated from overheating can irritate the respiratory tract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653B4197" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="653B4197" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Skin contact: Cases of skin irritation caused by contact with this product are not known. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D502AF4" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidP="004967CB" w14:paraId="2D502AF4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>If swallowed: This product has low oral toxicity, but if swallowed, it can irritate the gastrointestinal tract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="778C9819" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="000753EC" w:rsidRPr="000753EC" w:rsidP="000753EC" w14:paraId="065AFB6F" w14:textId="77777777">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="778C9819" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Chronic Toxicity: Long-term exposure: This product has been used during many years without any evidence of adverse effects. According to different studies, there is no reason to think that polymethyl methacrylate represents a carcinogenic or mutagenic risk for people. Long-term exposures do not produce either toxic effects on embryos or fetus or teratogenic effects on pregnant mothers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67B3DF88" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="67B3DF88" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Additional information: Data not available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A934656" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="7A934656" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EFE3A96" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="7EFE3A96" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="7A1A9BAD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ECOLOGICAL INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69D3408B" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="69D3408B" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="686008B5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ecotoxicity: Solid with low volatility. The product is insoluble in water.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473AFD64" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="00FB0ADE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="00FB0ADE" w14:paraId="473AFD64" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Toxicity: The product has low toxicity in aquatic organisms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D17C5E9" w14:textId="0CF0805A" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="3D17C5E9" w14:textId="0CF0805A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Persistence and degradability:  The product is non-biodegradable on the soil. There is </w:t>
       </w:r>
-      <w:r w:rsidR="003C42DA" w:rsidRPr="003C42DA">
+      <w:r w:rsidRPr="003C42DA" w:rsidR="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> evidence of degradation in the soil and water</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54105AA7" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="54105AA7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Potential of bioaccumulation: Has low bioaccumulation potential.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12729ECC" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="12729ECC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mobility on soil: Mobility of this product is low.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5242C1B0" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="5242C1B0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Other adverse effects: There is not any additional information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660D6503" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...23 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="660D6503" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="2AE90965" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="491A3158" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">DISPOSAL CONSIDERATIONS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE3EC04" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...10 lines deleted...]
-    <w:p w14:paraId="1EE21046" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="0CE3EC04" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="1EE21046" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Recycle this product if possible. Do not throw waste to water material into waterways. Observe the local regulations in force.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61971775" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="61971775" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C6BCF06" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="7C6BCF06" w14:textId="03EBAB3A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>WARNING:</w:t>
       </w:r>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Laws, regulations and local restrictions can change or be reinterpreted from one country to another and also, they can be different from the ones being into effect in Colombia. This is why considerations about waste disposal of product and its packing may differ from the ones appearing in this document.</w:t>
-[...15 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> Laws, regulations</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2A46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C42DA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and local restrictions can change or be reinterpreted from one country to another and also, they can be different from the ones being into effect in Colombia. This is why considerations about waste disposal of product and its packing may differ from the ones appearing in this document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="4EF20C1E" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="36C7CD51" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="2A1C5DEA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>TRANSPORT INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D4BAA69" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="1D4BAA69" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="7AD52DCC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hazardous material: None.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F4AD907" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="5F4AD907" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Class of Risk: None.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5574CD5D" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="5574CD5D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>UN Number: Not available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CF7513B" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="7CF7513B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>IATA Classification: Non-dangerous material.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36F44C94" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="36F44C94" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Packing group: None.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552AA541" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="552AA541" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Marine pollutant (Yes/No): No.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60128022" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="60128022" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40CA8A2B" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="40CA8A2B" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="35236A17" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">REGULATORY INFORMATION </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AA9BF5C" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...12 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="2AA9BF5C" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="4D1EFF71" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In Colombia: Transportation of this product must be made according to provisions of Decree 1609 of 2002 concerning road transportation of chemical and dangerous substances.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="393A75C8" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="393A75C8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>International Regulations: This product must be labeled according to directives of the CEE/Regulations about dangerous substances.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12C54A6F" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="12C54A6F" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35C53075" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="35C53075" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68E0D1D1" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="68E0D1D1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">IMPORTANT ADDITIONAL INFORMATION </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13DE2C8D" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...10 lines deleted...]
-    <w:p w14:paraId="4D5FC6BC" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="13DE2C8D" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="4D5FC6BC" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The information registered in this document is based on our current knowledge and is given in good faith</w:t>
       </w:r>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, but is not given an assurance express or implicit; neither is assumed any responsibility for the incorrect use of the product. This document is prepared according to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E57E5E6" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="6E57E5E6" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D1B8CF6" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="00FB0ADE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="00FB0ADE" w14:paraId="3D1B8CF6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Globally Harmonized System of Classification and Labeling of Chemicals (GHS).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64FB7C20" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="00FB0ADE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="00FB0ADE" w14:paraId="64FB7C20" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C42DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Colombian Technical Norm NTC 4435:2010. Transport of Merchandises. Safety Data Sheets for Materials. Preparation (NTC).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ED5D1C3" w14:textId="77777777" w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidRDefault="004967CB" w:rsidP="004967CB">
-[...34 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="1ED5D1C3" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004967CB" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="0BDCDC2B" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B11FA5" w:rsidRPr="003C42DA" w:rsidP="004967CB" w14:paraId="27C7E940" w14:textId="284CD3FC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidSect="000F0D11">
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="3119" w:right="1701" w:bottom="2126" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="StarSymbol">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10008000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="480A8A45" w14:textId="77777777" w:rsidR="00A86C5C" w:rsidRDefault="00A86C5C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="004F0A7E" w14:paraId="29B64148" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-[...9 lines deleted...]
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
-      <w:pict w14:anchorId="73BEF7FA">
+      <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="_x0000_s2050" type="#_x0000_t202" style="position:absolute;margin-left:-13.8pt;margin-top:-55.2pt;width:475.5pt;height:84.2pt;z-index:251660288" filled="f" stroked="f">
-          <v:textbox style="mso-next-textbox:#_x0000_s2050">
+        <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:475.5pt;height:84.2pt;margin-top:-55.2pt;margin-left:-13.8pt;position:absolute;z-index:251658240" filled="f" stroked="f">
+          <v:textbox>
             <w:txbxContent>
               <w:tbl>
                 <w:tblPr>
                   <w:tblW w:w="9181" w:type="dxa"/>
                   <w:jc w:val="center"/>
                   <w:tblBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tblBorders>
                   <w:tblLayout w:type="fixed"/>
-                  <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                  <w:tblLook w:val="04A0"/>
                 </w:tblPr>
                 <w:tblGrid>
                   <w:gridCol w:w="816"/>
                   <w:gridCol w:w="1277"/>
                   <w:gridCol w:w="3545"/>
                   <w:gridCol w:w="2472"/>
                   <w:gridCol w:w="1071"/>
                 </w:tblGrid>
-                <w:tr w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w14:paraId="0AAE53DF" w14:textId="77777777" w:rsidTr="004F0A7E">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="0AAE53DF" w14:textId="77777777" w:rsidTr="004F0A7E">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9181" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2093" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="55A2C534" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="55A2C534" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F0D11">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Creation </w:t>
                       </w:r>
                       <w:r w:rsidR="001F0788">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>D</w:t>
                       </w:r>
                       <w:r w:rsidRPr="000F0D11">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>ate</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3545" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="60742EC2" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="60742EC2" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F0D11">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Elaborated by:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3543" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="6432C4A1" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="6432C4A1" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F0D11">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Revised by:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="004F0A7E" w:rsidRPr="0040332D" w14:paraId="3A716925" w14:textId="77777777" w:rsidTr="004F0A7E">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="3A716925" w14:textId="77777777" w:rsidTr="004F0A7E">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9181" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2093" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="5CD43D65" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="5CD43D65" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2010-01-04</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3545" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="55442C0C" w14:textId="77E94E93" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="0040332D" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="55442C0C" w14:textId="259ED9B8">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Analyst of Medical Devices Stabilities</w:t>
+                        <w:t>Technical Analyst of Acrylic Resins</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3543" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="335AB8D4" w14:textId="04F90372" w:rsidR="004F0A7E" w:rsidRPr="00E62A34" w:rsidRDefault="0040332D" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="00E62A34" w:rsidP="004F0A7E" w14:paraId="335AB8D4" w14:textId="1492DA6A">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Specialized Polymerization Analyst</w:t>
+                        <w:t>Technical Coordinator of MD</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w14:paraId="596B375E" w14:textId="77777777" w:rsidTr="004F0A7E">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="596B375E" w14:textId="77777777" w:rsidTr="004F0A7E">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9181" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="816" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="2BDB78E6" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="2BDB78E6" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F0D11">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Class</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1277" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="1DB9DBD6" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="1DB9DBD6" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F0D11">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Page</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3545" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="7E3350C5" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="7E3350C5" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F0D11">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Approved by:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2472" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="11AE7FF8" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="11AE7FF8" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F0D11">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Update:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1071" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="6E6FFDDF" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="6E6FFDDF" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000F0D11">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Version</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w14:paraId="0EFAC53D" w14:textId="77777777" w:rsidTr="004F0A7E">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="0EFAC53D" w14:textId="77777777" w:rsidTr="004F0A7E">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9181" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="816" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="0137E599" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="0137E599" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>E</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1277" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:id w:val="-1625697653"/>
                         <w:docPartObj>
                           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
                           <w:docPartUnique/>
                         </w:docPartObj>
                       </w:sdtPr>
-                      <w:sdtEndPr/>
                       <w:sdtContent>
-                        <w:p w14:paraId="586FC6E4" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="00CF4897" w:rsidP="004F0A7E">
+                        <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="586FC6E4" w14:textId="77777777">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="000F0D11">
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
-                          <w:r w:rsidR="004F0A7E" w:rsidRPr="000F0D11">
+                          <w:r w:rsidRPr="000F0D11">
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r w:rsidRPr="000F0D11">
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r w:rsidR="003C2C55">
+                          <w:r w:rsidR="00A86C5C">
                             <w:rPr>
                               <w:noProof/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                           <w:r w:rsidRPr="000F0D11">
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
-                          <w:r w:rsidR="004F0A7E" w:rsidRPr="000F0D11">
+                          <w:r w:rsidRPr="000F0D11">
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="007B315D">
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
-                          <w:r w:rsidR="004F0A7E" w:rsidRPr="000F0D11">
+                          <w:r w:rsidRPr="000F0D11">
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">f </w:t>
                           </w:r>
                           <w:r w:rsidRPr="000F0D11">
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
-                          <w:r w:rsidR="004F0A7E" w:rsidRPr="000F0D11">
+                          <w:r w:rsidRPr="000F0D11">
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
                           </w:r>
                           <w:r w:rsidRPr="000F0D11">
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r w:rsidR="003C2C55">
+                          <w:r w:rsidR="00A86C5C">
                             <w:rPr>
                               <w:noProof/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>3</w:t>
                           </w:r>
                           <w:r w:rsidRPr="000F0D11">
                             <w:rPr>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:sdtContent>
                     </w:sdt>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3545" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="532E0E64" w14:textId="7D2B569C" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="0040332D" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="532E0E64" w14:textId="3EB47BB0">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Product Design and Development Coord</w:t>
+                        <w:t>Technical Director of MD</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2472" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="28EAF768" w14:textId="472B8EE9" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="0040332D" w:rsidP="004F0A7E">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="004F0A7E" w14:paraId="28EAF768" w14:textId="40CE04FD">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="003C42DA">
+                      <w:r w:rsidRPr="00564F3A">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>2022-0</w:t>
+                        <w:t>202</w:t>
                       </w:r>
-                      <w:r w:rsidR="003C42DA" w:rsidRPr="003C42DA">
+                      <w:r w:rsidRPr="00564F3A" w:rsidR="00DE2A46">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>7-06</w:t>
+                        <w:t>5-</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00564F3A" w:rsidR="00564F3A">
+                        <w:rPr>
+                          <w:rFonts w:cs="Arial"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>12-12</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1071" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="59222BE5" w14:textId="7F163638" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="000F0D11">
+                    <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="000F0D11" w14:paraId="59222BE5" w14:textId="1B4CA13E">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>0</w:t>
                       </w:r>
-                      <w:r w:rsidR="0040332D">
+                      <w:r w:rsidR="00DE2A46">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>3</w:t>
+                        <w:t>4</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
               </w:tbl>
-              <w:p w14:paraId="456D6EDB" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="000F0D11">
+              <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="000F0D11" w14:paraId="456D6EDB" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>REFERENCE DOCUMENT: DPDDPR-003</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="12429C28" w14:textId="3E3D3A34" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="000F0D11">
+              <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="000F0D11" w14:paraId="12429C28" w14:textId="184AA7CA">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="709"/>
                     <w:tab w:val="left" w:pos="2410"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F0D11">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">UPDATE: </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>20</w:t>
                 </w:r>
                 <w:r w:rsidR="004B41EC">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
-                  <w:t>20-11-17</w:t>
+                  <w:t>2</w:t>
+                </w:r>
+                <w:r w:rsidR="00DE2A46">
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>3-11-23</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="206D60C8" w14:textId="5BCD9F9E" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="000F0D11">
+              <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="000F0D11" w14:paraId="206D60C8" w14:textId="239BDF6F">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="709"/>
                     <w:tab w:val="left" w:pos="2410"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>VERSION: 0</w:t>
                 </w:r>
-                <w:r w:rsidR="004B41EC">
+                <w:r w:rsidR="00DE2A46">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
-                  <w:t>6</w:t>
+                  <w:t>7</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="1F269F9E" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="00C35874">
+              <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="00C35874" w14:paraId="1F269F9E" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="19B53CEB" w14:textId="77777777" w:rsidR="00A86C5C" w:rsidRDefault="00A86C5C">
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="004F0A7E" w14:paraId="349838B4" w14:textId="7887526F">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-[...38 lines deleted...]
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
-[...59 lines deleted...]
-        <w:noProof/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
-      <w:pict w14:anchorId="2AE67870">
+      <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="_x0000_s2053" type="#_x0000_t202" style="position:absolute;margin-left:-51.95pt;margin-top:72.05pt;width:541.15pt;height:46.05pt;z-index:251663360;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" filled="f" stroked="f">
-          <v:textbox style="mso-next-textbox:#_x0000_s2053">
+        <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:541.15pt;height:46.05pt;margin-top:71.6pt;margin-left:-50.6pt;position:absolute;z-index:251658240" filled="f" stroked="f">
+          <v:textbox>
             <w:txbxContent>
-              <w:p w14:paraId="003C2417" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="00D7675B">
+              <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="00D7675B" w14:paraId="003C2417" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F0D11">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t xml:space="preserve">SAFETY DATA SHEET </w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="1E4139FC" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="00D7675B">
+              <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="00D7675B" w14:paraId="1E4139FC" w14:textId="0E8A136C">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>HEAT-CURING</w:t>
                 </w:r>
                 <w:r w:rsidRPr="000F0D11">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
@@ -6526,279 +6713,318 @@
                     <w:b/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t xml:space="preserve">RESIN </w:t>
                 </w:r>
                 <w:r w:rsidRPr="000F0D11">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">VERACRIL®/OPTI-CRYL®, EZ-CRYL®, </w:t>
-[...9 lines deleted...]
-                  <w:t>GOODFIT®</w:t>
+                  <w:t>VERACRIL®/OPTI-CRYL®</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="475A31CB" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="00D7675B">
+              <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="00D7675B" w14:paraId="475A31CB" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F0D11">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>DPDDFS-026</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="6A351847" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="00D7675B">
+              <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="00D7675B" w14:paraId="6A351847" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F0D11">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="11F14C57" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="00D7675B">
+              <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="00D7675B" w14:paraId="11F14C57" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F0D11">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:b/>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>FSRT32-001</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="710A5256" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidRDefault="004F0A7E" w:rsidP="00D7675B">
+              <w:p w:rsidR="004F0A7E" w:rsidRPr="000F0D11" w:rsidP="00D7675B" w14:paraId="710A5256" w14:textId="77777777">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
+    <w:r w:rsidR="0040332D">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>-765810</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-78740</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7143750" cy="9458325"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="Imagen 1"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+                    <a:extLst>
+                      <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7144270" cy="9459014"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="4EC41414" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRDefault="004F0A7E">
+  <w:p w:rsidR="004F0A7E" w14:paraId="4EC41414" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E51AD20" wp14:editId="6E6B5F71">
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="5612130" cy="7790772"/>
           <wp:effectExtent l="19050" t="0" r="7620" b="0"/>
           <wp:docPr id="5" name="Imagen 5" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
+                  <pic:cNvPr id="5" name="Picture 5" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2"/>
-                  <a:srcRect/>
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="7790772"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="53431011" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRDefault="004F0A7E">
+  <w:p w:rsidR="004F0A7E" w14:paraId="53431011" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4ECC3CFC" w14:textId="77777777" w:rsidR="004F0A7E" w:rsidRDefault="004F0A7E">
+  <w:p w:rsidR="004F0A7E" w14:paraId="4ECC3CFC" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28396272" wp14:editId="3C827493">
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="5612130" cy="7790772"/>
           <wp:effectExtent l="19050" t="0" r="7620" b="0"/>
           <wp:docPr id="2" name="Imagen 2" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
+                  <pic:cNvPr id="2" name="Picture 2" descr="C:\Users\auxcalidad\AppData\Local\Temp\notes5D3EFE\Plantilla Ft ingles.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2"/>
-                  <a:srcRect/>
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5612130" cy="7790772"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000009"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000009"/>
     <w:name w:val="WW8Num9"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="StarSymbol" w:hAnsi="StarSymbol" w:cs="StarSymbol"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -7146,2560 +7372,2549 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="647"/>
         </w:tabs>
         <w:ind w:left="647" w:hanging="283"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="699"/>
         </w:tabs>
         <w:ind w:left="699" w:hanging="283"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="059A02AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23B2C662"/>
-    <w:lvl w:ilvl="0" w:tplc="15665952">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2016" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2736" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3456" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4176" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4896" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5616" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7056" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14FB1ED9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A6C7AFA"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16421EDD"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="982A1D56"/>
+    <w:tmpl w:val="849E0524"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo1"/>
+      <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo2"/>
+      <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
-        <w:b/>
-        <w:bCs w:val="0"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo3"/>
+      <w:pStyle w:val="Heading3"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo4"/>
+      <w:pStyle w:val="Heading4"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo5"/>
+      <w:pStyle w:val="Heading5"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo6"/>
+      <w:pStyle w:val="Heading6"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo7"/>
+      <w:pStyle w:val="Heading7"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo8"/>
+      <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo9"/>
+      <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16CF38B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F92298E"/>
-    <w:lvl w:ilvl="0" w:tplc="F7F03400">
+    <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1356" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2076" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2796" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3516" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4236" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4956" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5676" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6396" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7116" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A9B5C4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18DADFDC"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="217674B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1DE090D6"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EEB28D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44E47476"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="125CA14E">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B4F4757C">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A4165C16">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4CD62A00">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A926BBE0">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F538FE52">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="1FAA07B2">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A5EE4DD4">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="312C33F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEB4311C"/>
-    <w:lvl w:ilvl="0" w:tplc="5F884612">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38740720"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0C127852"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2016" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2736" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3456" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4176" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4896" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5616" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7056" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48FF25D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD164ACA"/>
-    <w:lvl w:ilvl="0" w:tplc="5F884612">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2016" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2736" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3456" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4176" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4896" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5616" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7056" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B525B05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EA41970"/>
-    <w:lvl w:ilvl="0" w:tplc="F7F03400">
+    <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D89375C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E9E6C612"/>
-    <w:lvl w:ilvl="0" w:tplc="240A0001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2302" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3022" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3742" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4462" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="522E68A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="246A83E6"/>
-    <w:lvl w:ilvl="0" w:tplc="F7F03400">
+    <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62C44D7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21B47140"/>
-    <w:lvl w:ilvl="0" w:tplc="1C065A92">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1D606EE6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2016" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFC81FAA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2736" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="268874DC" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3456" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A1607F3A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4176" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3530EE70" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4896" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F7FAF282" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5616" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0188FEB6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41C80C74" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7056" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="679930F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="341A1456"/>
-    <w:lvl w:ilvl="0" w:tplc="ECE25ABA">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="125CA14E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B4F4757C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A4165C16" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4CD62A00" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A926BBE0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F538FE52" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="1FAA07B2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A5EE4DD4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="685960C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC783B10"/>
-    <w:lvl w:ilvl="0" w:tplc="0846CE04">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1D521EE6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2016" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DF2E8064" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2736" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17F6B8E4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3456" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B7C6C0FC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4176" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34BA268E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4896" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73CE14E2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5616" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72BC0E76" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1966AA2A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7056" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72F73B89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="816C8718"/>
-    <w:lvl w:ilvl="0" w:tplc="80D4CE7A">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A59E2462" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10747596" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6864212E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59C8D59C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68526AA6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="DCE2693E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E126061C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="C1D6ABC8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75F165EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2520B6FA"/>
-    <w:lvl w:ilvl="0" w:tplc="15665952">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2016" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2736" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3456" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4176" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4896" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5616" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7056" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7990536A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C560732E"/>
-    <w:lvl w:ilvl="0" w:tplc="F7F03400">
+    <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2107067285">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2032031301">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1668052608">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="472909117">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="89157934">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="549001529">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1744447146">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1394082221">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1698506883">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1388917533">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="77752445">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="363290354">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1832059601">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="601109115">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1989631151">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1003508356">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1980650612">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1692490969">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="700741966">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1584946575">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="2012759475">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1472285725">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1353339648">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1521821582">
     <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1581326069">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="2141148983">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="163056909">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1423599386">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1437289348">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1099594869">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="664555798">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1768690411">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1223058237">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="2000110403">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="498427220">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="645281847">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1505784389">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="483355105">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...12 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...13 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00C35874"/>
     <w:rsid w:val="00004881"/>
     <w:rsid w:val="00071D76"/>
+    <w:rsid w:val="000753EC"/>
     <w:rsid w:val="0008017B"/>
     <w:rsid w:val="00085BCA"/>
     <w:rsid w:val="000A42AE"/>
     <w:rsid w:val="000D7C4B"/>
     <w:rsid w:val="000F04DB"/>
     <w:rsid w:val="000F0D11"/>
     <w:rsid w:val="000F6826"/>
     <w:rsid w:val="00120F6B"/>
     <w:rsid w:val="001B1428"/>
     <w:rsid w:val="001C0C8E"/>
     <w:rsid w:val="001D7A0A"/>
     <w:rsid w:val="001F0788"/>
     <w:rsid w:val="00221097"/>
     <w:rsid w:val="00223A23"/>
     <w:rsid w:val="00230BE4"/>
     <w:rsid w:val="00265306"/>
     <w:rsid w:val="002735BB"/>
     <w:rsid w:val="00292FFD"/>
     <w:rsid w:val="002B168E"/>
     <w:rsid w:val="002B7EE9"/>
     <w:rsid w:val="002E35FE"/>
     <w:rsid w:val="002E62BD"/>
     <w:rsid w:val="002F212E"/>
     <w:rsid w:val="00301535"/>
     <w:rsid w:val="00325646"/>
     <w:rsid w:val="00351CE3"/>
     <w:rsid w:val="003627B2"/>
     <w:rsid w:val="00384DFD"/>
     <w:rsid w:val="003A191B"/>
     <w:rsid w:val="003B2226"/>
-    <w:rsid w:val="003C2C55"/>
     <w:rsid w:val="003C39B6"/>
     <w:rsid w:val="003C42DA"/>
     <w:rsid w:val="003F3BEE"/>
     <w:rsid w:val="003F44A0"/>
     <w:rsid w:val="0040332D"/>
     <w:rsid w:val="00421845"/>
     <w:rsid w:val="00443B8D"/>
     <w:rsid w:val="00475973"/>
     <w:rsid w:val="00480DAE"/>
     <w:rsid w:val="00496787"/>
     <w:rsid w:val="004967CB"/>
     <w:rsid w:val="00496A6C"/>
     <w:rsid w:val="004B41EC"/>
     <w:rsid w:val="004B6CCE"/>
     <w:rsid w:val="004C5B08"/>
     <w:rsid w:val="004E2331"/>
     <w:rsid w:val="004E64E7"/>
     <w:rsid w:val="004F0A7E"/>
     <w:rsid w:val="0054247D"/>
     <w:rsid w:val="00543DF8"/>
+    <w:rsid w:val="00552171"/>
     <w:rsid w:val="005523AC"/>
+    <w:rsid w:val="00564F3A"/>
     <w:rsid w:val="00567E7A"/>
     <w:rsid w:val="00585B4D"/>
     <w:rsid w:val="005A6DED"/>
     <w:rsid w:val="005C065A"/>
     <w:rsid w:val="005C0D47"/>
     <w:rsid w:val="005D0B0B"/>
     <w:rsid w:val="005D7A44"/>
     <w:rsid w:val="005F338D"/>
     <w:rsid w:val="00600896"/>
     <w:rsid w:val="00604BC3"/>
     <w:rsid w:val="00680FCF"/>
     <w:rsid w:val="006B00A5"/>
+    <w:rsid w:val="006D73BF"/>
     <w:rsid w:val="00714D35"/>
     <w:rsid w:val="0073360E"/>
     <w:rsid w:val="00737064"/>
     <w:rsid w:val="007604B4"/>
     <w:rsid w:val="00772808"/>
     <w:rsid w:val="007848AC"/>
     <w:rsid w:val="00784EA0"/>
     <w:rsid w:val="007B315D"/>
     <w:rsid w:val="007D1509"/>
     <w:rsid w:val="00816E2F"/>
+    <w:rsid w:val="008859D8"/>
     <w:rsid w:val="00895FAF"/>
     <w:rsid w:val="008A0113"/>
     <w:rsid w:val="008A30F5"/>
     <w:rsid w:val="008B56BA"/>
     <w:rsid w:val="008C736B"/>
     <w:rsid w:val="008D49EF"/>
     <w:rsid w:val="008F4025"/>
     <w:rsid w:val="00905BFB"/>
     <w:rsid w:val="00921D7A"/>
     <w:rsid w:val="00964970"/>
     <w:rsid w:val="009914CE"/>
     <w:rsid w:val="009D7666"/>
     <w:rsid w:val="009E5ECA"/>
     <w:rsid w:val="00A03214"/>
     <w:rsid w:val="00A069DD"/>
     <w:rsid w:val="00A24616"/>
     <w:rsid w:val="00A24978"/>
+    <w:rsid w:val="00A55B65"/>
     <w:rsid w:val="00A700DF"/>
     <w:rsid w:val="00A741C2"/>
     <w:rsid w:val="00A75378"/>
     <w:rsid w:val="00A86C5C"/>
     <w:rsid w:val="00AB6815"/>
     <w:rsid w:val="00AB78F5"/>
     <w:rsid w:val="00AD060F"/>
     <w:rsid w:val="00AE1871"/>
     <w:rsid w:val="00AF1C83"/>
     <w:rsid w:val="00B02480"/>
     <w:rsid w:val="00B11FA5"/>
     <w:rsid w:val="00B16BC5"/>
     <w:rsid w:val="00B96C8B"/>
+    <w:rsid w:val="00BA6259"/>
     <w:rsid w:val="00BA7299"/>
     <w:rsid w:val="00BC3AF9"/>
     <w:rsid w:val="00BC424D"/>
     <w:rsid w:val="00BC4B68"/>
     <w:rsid w:val="00BD64F5"/>
     <w:rsid w:val="00BF5C94"/>
     <w:rsid w:val="00C26B97"/>
     <w:rsid w:val="00C35874"/>
+    <w:rsid w:val="00C439A9"/>
     <w:rsid w:val="00C7504A"/>
     <w:rsid w:val="00C86B59"/>
+    <w:rsid w:val="00C87265"/>
     <w:rsid w:val="00CA26B9"/>
     <w:rsid w:val="00CE7542"/>
     <w:rsid w:val="00CF3DAF"/>
     <w:rsid w:val="00CF4897"/>
     <w:rsid w:val="00D36977"/>
     <w:rsid w:val="00D74117"/>
     <w:rsid w:val="00D7675B"/>
     <w:rsid w:val="00D85F75"/>
     <w:rsid w:val="00D909D3"/>
     <w:rsid w:val="00DA1D02"/>
     <w:rsid w:val="00DC044A"/>
     <w:rsid w:val="00DC61C9"/>
     <w:rsid w:val="00DD2352"/>
     <w:rsid w:val="00DD434A"/>
+    <w:rsid w:val="00DE2A46"/>
     <w:rsid w:val="00DE6CE1"/>
     <w:rsid w:val="00E24B54"/>
     <w:rsid w:val="00E25F1F"/>
     <w:rsid w:val="00E26BDC"/>
     <w:rsid w:val="00E40A3C"/>
     <w:rsid w:val="00E42F2F"/>
     <w:rsid w:val="00E43584"/>
     <w:rsid w:val="00E43B08"/>
     <w:rsid w:val="00E62A34"/>
     <w:rsid w:val="00E6411D"/>
     <w:rsid w:val="00E64458"/>
     <w:rsid w:val="00E75014"/>
     <w:rsid w:val="00E76409"/>
     <w:rsid w:val="00EE4B0A"/>
     <w:rsid w:val="00F049CB"/>
     <w:rsid w:val="00F110B6"/>
     <w:rsid w:val="00F1199D"/>
     <w:rsid w:val="00F1517A"/>
     <w:rsid w:val="00F159B5"/>
     <w:rsid w:val="00F40972"/>
     <w:rsid w:val="00F42D33"/>
     <w:rsid w:val="00FA4114"/>
     <w:rsid w:val="00FB0ADE"/>
     <w:rsid w:val="00FF4033"/>
   </w:rsids>
+  <w:docVars>
+    <w:docVar w:name="APPROVER" w:val="Daniel Osorio Amariles"/>
+    <w:docVar w:name="CONSENT" w:val="Gabriel Jaime Gomez Mejia"/>
+    <w:docVar w:name="DATECR" w:val="2025/07/07"/>
+    <w:docVar w:name="DATEREV" w:val="2025/12/12"/>
+    <w:docVar w:name="DOC" w:val="DPDDFS-026"/>
+    <w:docVar w:name="ELABFUNCTION" w:val="JEFE DEPARTAMENTO DISEÑO Y DESARROLLO"/>
+    <w:docVar w:name="ELABORATOR" w:val="Elizabeth Rojas Zapata; Cesar Eduardo Cardona Quintero"/>
+    <w:docVar w:name="ELABUSERFUNCTION" w:val="Rosaura Carmona - JEFE DEPARTAMENTO DISEÑO Y DESARROLLO"/>
+    <w:docVar w:name="IDLOGINCURRENT" w:val="RCarmona"/>
+    <w:docVar w:name="NMUSERCURRENT" w:val="Rosaura Carmona"/>
+    <w:docVar w:name="NRCOPY" w:val="1"/>
+    <w:docVar w:name="REV" w:val="04"/>
+    <w:docVar w:name="TITLE" w:val="SAFETY DATA SHEET HEAT-CURING ACRYLIC RESIN"/>
+  </w:docVars>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
-    <m:brkBin m:val="before"/>
-[...8 lines deleted...]
-    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...6 lines deleted...]
-  <w:listSeparator w:val=","/>
   <w14:docId w14:val="11C92066"/>
   <w15:docId w15:val="{8068328A-E363-440A-B80B-D20725ED8D03}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-CO" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10027,596 +10242,584 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D7675B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:qFormat/>
     <w:rsid w:val="00D7675B"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D7675B"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:iCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D7675B"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D7675B"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo5Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D7675B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo6Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D7675B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo7Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D7675B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo8Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D7675B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D7675B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Encabezado">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C35874"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Encabezado"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C35874"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Piedepgina">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C35874"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Piedepgina"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C35874"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textodeglobo">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C35874"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Textodeglobo"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C35874"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00D7675B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D7675B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D7675B"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D7675B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
     <w:name w:val="Título 5 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo5"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D7675B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Car">
     <w:name w:val="Título 6 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo6"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D7675B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
     <w:name w:val="Título 7 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo7"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D7675B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
     <w:name w:val="Título 8 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo8"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D7675B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
     <w:name w:val="Título 9 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo9"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D7675B"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="shorttext">
     <w:name w:val="short_text"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00BD64F5"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hps">
     <w:name w:val="hps"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00BD64F5"/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="007604B4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000F6826"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.gif" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10862,67 +11065,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>8423</Characters>
+  <Pages>6</Pages>
+  <Words>1535</Words>
+  <Characters>8443</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>70</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9935</CharactersWithSpaces>
+  <CharactersWithSpaces>9959</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>auxcalidad</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>