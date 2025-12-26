--- v0 (2025-10-13)
+++ v1 (2025-12-26)
@@ -1,4732 +1,4762 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <!-- Generated by Aspose.Words for .NET 25.11.0 -->
   <w:body>
-    <w:p w14:paraId="6637E37B" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6637E37B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IDENTIFICACIÓN DEL PRODUCTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="091ECF90" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="091ECF90" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E0D6DAC" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="7E0D6DAC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nombre químico: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64355FAF" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="64355FAF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nombre genérico: Dientes de resina acrílica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA4B4AF" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6EA4B4AF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sinónimos: Dientes acrílicos, dientes artificiales de resina acrílica, dientes de resina sintética.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB47DEF" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00F31C21" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00F31C21" w:rsidP="00433902" w14:paraId="3FB47DEF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Uso recomendado y restricciones de uso </w:t>
       </w:r>
       <w:r w:rsidRPr="00F31C21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>del producto: Producto destinado</w:t>
       </w:r>
       <w:r w:rsidRPr="00F31C21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F31C21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">para la elaboración de prótesis dentales parciales o totales. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A500415" w14:textId="4C086CCE" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="0A500415" w14:textId="4C086CCE">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F31C21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Número de emergencia: En caso de emergencia comuníquese con la Coordinación de Seguridad y Salud en el Trabajo al (57 </w:t>
       </w:r>
-      <w:r w:rsidR="00B23F5D" w:rsidRPr="00F31C21">
+      <w:r w:rsidRPr="00F31C21" w:rsidR="00B23F5D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">60 </w:t>
       </w:r>
       <w:r w:rsidRPr="00F31C21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4) 403</w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 87 60, ext. 1304, 1306.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB94D55" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...8 lines deleted...]
-    <w:p w14:paraId="71D87617" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3AB94D55" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="71D87617" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="183743BF" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="183743BF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IDENTIFICACIÓN DE PELIGROS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B2EC5BD" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...10 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1B2EC5BD" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6C64A4D8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Clasificación GHS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C14F3B8" w14:textId="77777777" w:rsidR="00CC119A" w:rsidRPr="00433902" w:rsidRDefault="00CC119A" w:rsidP="00433902">
+    <w:p w:rsidR="00CC119A" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6C14F3B8" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2992"/>
         <w:gridCol w:w="2993"/>
         <w:gridCol w:w="2993"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00836F63" w:rsidRPr="00433902" w14:paraId="64F3023F" w14:textId="77777777" w:rsidTr="004165F8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="64F3023F" w14:textId="77777777" w:rsidTr="004165F8">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AD6C06B" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="7AD6C06B" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Salud</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA0BC57" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1BA0BC57" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Medio ambiente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="006605A4" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="006605A4" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Físicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00836F63" w:rsidRPr="00433902" w14:paraId="5E332ED5" w14:textId="77777777" w:rsidTr="004165F8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="5E332ED5" w14:textId="77777777" w:rsidTr="004165F8">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59AA2864" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="59AA2864" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>No peligroso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FDC7611" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6FDC7611" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>No peligroso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77AA6009" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="77AA6009" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>No peligroso</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C987B11" w14:textId="77777777" w:rsidR="00CC119A" w:rsidRPr="00433902" w:rsidRDefault="00CC119A" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00CC119A" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6C987B11" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30B62547" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="30B62547" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Etiquetado GHS:</w:t>
       </w:r>
-      <w:r w:rsidR="00CC119A" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00CC119A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C0D00F" w14:textId="77777777" w:rsidR="00CC119A" w:rsidRPr="00433902" w:rsidRDefault="00CC119A" w:rsidP="00433902">
+    <w:p w:rsidR="00CC119A" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="56C0D00F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3047"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="3096"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00836F63" w:rsidRPr="00433902" w14:paraId="58C31067" w14:textId="77777777" w:rsidTr="004165F8">
+      <w:tr w14:paraId="58C31067" w14:textId="77777777" w:rsidTr="004165F8">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:tblHeader/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3047" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFAC34A" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3DFAC34A" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Símbolo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5822C0AD" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5822C0AD" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Palabra de advertencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4846A209" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4846A209" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Indicación del peligro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00836F63" w:rsidRPr="00433902" w14:paraId="06FD4ACC" w14:textId="77777777" w:rsidTr="004165F8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="06FD4ACC" w14:textId="77777777" w:rsidTr="004165F8">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3047" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E593727" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4E593727" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Ninguno requerido </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FA5B70C" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4FA5B70C" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Ninguno requerido</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3096" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="236C2612" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="236C2612" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Ninguno requerido</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3E2B27CF" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...10 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3E2B27CF" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="18A316C7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Indicaciones de precaución: No aplica</w:t>
       </w:r>
-      <w:r w:rsidR="004B528C" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="004B528C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43AD9D52" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="43AD9D52" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Apariencia en caso de emergencia: Generación de vapores por encima de 250</w:t>
       </w:r>
-      <w:r w:rsidR="006F0491" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="006F0491">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>°C (482</w:t>
       </w:r>
-      <w:r w:rsidR="006F0491" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="006F0491">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>°F), producto de su descomposición.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76792223" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="76792223" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Efectos adversos potenciales para la salud: Ninguno.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="201F8045" w14:textId="77777777" w:rsidR="007B3194" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="007B3194" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="201F8045" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NFPA: Salud = 0, inflamabilidad =0, reactividad = 0.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73888BBD" w14:textId="77777777" w:rsidR="0014532F" w:rsidRPr="00433902" w:rsidRDefault="00CC119A" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="0014532F" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="73888BBD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Estado regulatorio OSHA: </w:t>
       </w:r>
-      <w:r w:rsidR="0014532F" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>información no disponible</w:t>
       </w:r>
-      <w:r w:rsidR="006F0491" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="006F0491">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5865C619" w14:textId="77777777" w:rsidR="00F50FC9" w:rsidRPr="00433902" w:rsidRDefault="00F50FC9" w:rsidP="00433902">
-[...19 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00F50FC9" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5865C619" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F0491" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="536D9169" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="2D704B4D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>INFORMACIÓN DE COMPOSICIÓN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4805A0DD" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4805A0DD" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3209"/>
         <w:gridCol w:w="3082"/>
         <w:gridCol w:w="2763"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00836F63" w:rsidRPr="00433902" w14:paraId="617E3107" w14:textId="77777777" w:rsidTr="004165F8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="617E3107" w14:textId="77777777" w:rsidTr="004165F8">
+        <w:tblPrEx>
+          <w:tblW w:w="5000" w:type="pct"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AF91A99" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1AF91A99" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>COMPONENTES PELIGROSOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00836F63" w:rsidRPr="00433902" w14:paraId="1E9D6A8B" w14:textId="77777777" w:rsidTr="004165F8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="1E9D6A8B" w14:textId="77777777" w:rsidTr="004165F8">
+        <w:tblPrEx>
+          <w:tblW w:w="5000" w:type="pct"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="412BC464" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="412BC464" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Nombre común</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="471A0AEB" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="471A0AEB" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Concentración</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D21A400" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4D21A400" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Número CAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00836F63" w:rsidRPr="00433902" w14:paraId="20C777FE" w14:textId="77777777" w:rsidTr="004165F8">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w14:paraId="20C777FE" w14:textId="77777777" w:rsidTr="004165F8">
+        <w:tblPrEx>
+          <w:tblW w:w="5000" w:type="pct"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="180D2878" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="180D2878" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Ninguno  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD6527E" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4BD6527E" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Ninguno  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78278FE0" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="78278FE0" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Ninguno  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F53093E" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1F53093E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3209"/>
         <w:gridCol w:w="3082"/>
         <w:gridCol w:w="2763"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00836F63" w:rsidRPr="00433902" w14:paraId="53D43A51" w14:textId="77777777" w:rsidTr="00F50FC9">
+      <w:tr w14:paraId="53D43A51" w14:textId="77777777" w:rsidTr="00F50FC9">
+        <w:tblPrEx>
+          <w:tblW w:w="5000" w:type="pct"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:tblHeader/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F964B51" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4F964B51" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>COMPONENTES NO PELIGROSOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00836F63" w:rsidRPr="00433902" w14:paraId="5302FEC5" w14:textId="77777777" w:rsidTr="00F50FC9">
+      <w:tr w14:paraId="5302FEC5" w14:textId="77777777" w:rsidTr="00F50FC9">
+        <w:tblPrEx>
+          <w:tblW w:w="5000" w:type="pct"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:tblHeader/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FCE11BE" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="0FCE11BE" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Nombre común</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8B511B" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6F8B511B" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Concentración</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB363A8" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4EB363A8" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Número CAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00836F63" w:rsidRPr="00433902" w14:paraId="7CD4632E" w14:textId="77777777" w:rsidTr="004165F8">
+      <w:tr w14:paraId="7CD4632E" w14:textId="77777777" w:rsidTr="004165F8">
         <w:tblPrEx>
+          <w:tblW w:w="5000" w:type="pct"/>
           <w:jc w:val="left"/>
+          <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="left"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="34F4A422" w14:textId="155831AC" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="34F4A422" w14:textId="155831AC">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Polimetacrilato de metilo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="28497AA7" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="28497AA7" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Secreto industrial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="25F32B64" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="25F32B64" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>9011-14-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00836F63" w:rsidRPr="00433902" w14:paraId="6D920EE5" w14:textId="77777777" w:rsidTr="004165F8">
+      <w:tr w14:paraId="6D920EE5" w14:textId="77777777" w:rsidTr="004165F8">
         <w:tblPrEx>
+          <w:tblW w:w="5000" w:type="pct"/>
           <w:jc w:val="left"/>
+          <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="left"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7AEDE354" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="7AEDE354" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Etilenglicol dimetacrilato</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="13370508" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="13370508" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Secreto industrial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="40C8AC98" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="40C8AC98" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">97-90-5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00836F63" w:rsidRPr="00433902" w14:paraId="79367A17" w14:textId="77777777" w:rsidTr="004165F8">
+      <w:tr w14:paraId="79367A17" w14:textId="77777777" w:rsidTr="004165F8">
         <w:tblPrEx>
+          <w:tblW w:w="5000" w:type="pct"/>
           <w:jc w:val="left"/>
+          <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="left"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="17525291" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="17525291" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Pigmentos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4C364364" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4C364364" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Secreto industrial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="58C42E71" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="58C42E71" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
-            <w:r w:rsidR="00F50FC9" w:rsidRPr="00433902">
+            <w:r w:rsidRPr="00433902" w:rsidR="00F50FC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>o disponible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00836F63" w:rsidRPr="00433902" w14:paraId="65B69F01" w14:textId="77777777" w:rsidTr="004165F8">
+      <w:tr w14:paraId="65B69F01" w14:textId="77777777" w:rsidTr="004165F8">
         <w:tblPrEx>
+          <w:tblW w:w="5000" w:type="pct"/>
           <w:jc w:val="left"/>
+          <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="left"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="39F6CAC7" w14:textId="6FB88877" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="39F6CAC7" w14:textId="6FB88877">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Aditivo fluorescente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4BCE0909" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4BCE0909" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Secreto industrial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3A3D88D1" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
+          <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3A3D88D1" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433902">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>658084-50-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29FEC47A" w14:textId="77777777" w:rsidR="00151D7D" w:rsidRPr="00433902" w:rsidRDefault="00151D7D" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00151D7D" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="29FEC47A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="578"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DC4515E" w14:textId="77777777" w:rsidR="00151D7D" w:rsidRPr="00433902" w:rsidRDefault="00151D7D" w:rsidP="00433902">
+    <w:p w:rsidR="00151D7D" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="2DC4515E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F723CD7" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5F723CD7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>MEDIDAS DE PRIMEROS AUXILIOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C94FF10" w14:textId="77777777" w:rsidR="00F50FC9" w:rsidRPr="00433902" w:rsidRDefault="00F50FC9" w:rsidP="00433902">
+    <w:p w:rsidR="00F50FC9" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3C94FF10" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B09E56D" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3B09E56D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Procedimientos de emergencia y primeros auxilios en caso de:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B34D8F" w14:textId="77777777" w:rsidR="00151D7D" w:rsidRPr="00433902" w:rsidRDefault="00151D7D" w:rsidP="00433902">
-[...10 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00151D7D" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="05B34D8F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4AB31AF3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Inhalación: En caso de irritación, trasladar a la víctima al aire fresco. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="541DB85D" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="541DB85D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Contacto con los ojos: Limpiar los ojos abiertos durante varios minutos con agua corriente. Si los síntomas persisten, consulte a un médico.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1336AAB2" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1336AAB2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Contacto con la piel: No hay implicaciones asociadas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333F1926" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="333F1926" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ingestión: No hay implicaciones asociadas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B4A046" w14:textId="77777777" w:rsidR="00151D7D" w:rsidRPr="00433902" w:rsidRDefault="00151D7D" w:rsidP="00433902">
-[...10 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00151D7D" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="16B4A046" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="2A754C43" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Síntomas/efectos más importantes (agudos y/o retardados): Este producto es un polímero sólido no peligroso. El polvo generado por el pulido puede causar irritación en ojos o las vías respiratorias.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70FB6DF8" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="70FB6DF8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Antídoto: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B6B5CE" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="78B6B5CE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Información para médicos: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1469A3A3" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...19 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1469A3A3" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="33B76B2C" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1E97515A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>MEDIDAS EN CASO DE INCENDIO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E189F6C" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="2E189F6C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01A8AEC8" w14:textId="77777777" w:rsidR="00F50FC9" w:rsidRPr="00433902" w:rsidRDefault="00F50FC9" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00F50FC9" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="01A8AEC8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Propiedades de inflamabilidad: Material no Inflamable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F45D924" w14:textId="77777777" w:rsidR="00F50FC9" w:rsidRPr="00433902" w:rsidRDefault="00F50FC9" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00F50FC9" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3F45D924" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Medios de extinción adecuados: Agua.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75A8138A" w14:textId="77777777" w:rsidR="00815C41" w:rsidRPr="00433902" w:rsidRDefault="00F50FC9" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00815C41" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="75A8138A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Medios de extinción inadecuados: No disponible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C029C27" w14:textId="77777777" w:rsidR="00F1520B" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00F1520B" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4C029C27" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Instrucciones para combatir el fuego: Utilice equipo de respiración autónoma y ropa de seguridad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B2D6A4C" w14:textId="77777777" w:rsidR="00F1520B" w:rsidRPr="00433902" w:rsidRDefault="00815C41" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00F1520B" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1B2D6A4C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Protección de bomberos:</w:t>
       </w:r>
-      <w:r w:rsidR="00D17969" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00D17969">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Detener el aporte de combustible. Avisar inmediatamente a los bomberos. Evacuar al personal no imprescindible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3853AF31" w14:textId="77777777" w:rsidR="00D17969" w:rsidRPr="00433902" w:rsidRDefault="00815C41" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00D17969" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3853AF31" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Equipos de protección y protección para bomberos: </w:t>
       </w:r>
-      <w:r w:rsidR="00D17969" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>El personal de lucha contra incendios debe de tener a su disposición ropa adecuada y equipos de respiración autónomos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D74AC82" w14:textId="77777777" w:rsidR="00AD2551" w:rsidRPr="00433902" w:rsidRDefault="00AD2551" w:rsidP="00433902">
+    <w:p w:rsidR="00AD2551" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="7D74AC82" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000B02E6" w14:textId="77777777" w:rsidR="00AD2551" w:rsidRPr="00433902" w:rsidRDefault="00AD2551" w:rsidP="00433902">
+    <w:p w:rsidR="00AD2551" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="000B02E6" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="417AD4D9" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="417AD4D9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>MEDIDAS EN CASO DE VERTIDO ACCIDENTAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20445184" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="20445184" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77F7FD68" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="77F7FD68" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Técnicas, procedimientos, materiales y equipo de protección en caso de:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FC1716B" w14:textId="77777777" w:rsidR="00856C36" w:rsidRPr="00433902" w:rsidRDefault="00856C36" w:rsidP="00433902">
+    <w:p w:rsidR="00856C36" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="7FC1716B" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B2912C7" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3B2912C7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Derrames pequeños: Recoger </w:t>
       </w:r>
-      <w:r w:rsidR="00FE5446" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00FE5446">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>manualmente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C22E57" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="31C22E57" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Derrames grandes: Barrer y recoger manualmente</w:t>
       </w:r>
-      <w:r w:rsidR="00EC4E7B" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00EC4E7B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0178957A" w14:textId="77777777" w:rsidR="00856C36" w:rsidRPr="00433902" w:rsidRDefault="00856C36" w:rsidP="00433902">
+    <w:p w:rsidR="00856C36" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="0178957A" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A0B22F2" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="0A0B22F2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Precauciones ambientales: No se requieren medidas especiales, sin embargo, tener en cuenta </w:t>
       </w:r>
-      <w:r w:rsidR="00FE5446" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00FE5446">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>las condiciones requeridas</w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> por las autoridades locales y nacionales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6848452D" w14:textId="77777777" w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidRDefault="00836F63" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00836F63" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6848452D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Otras consideraciones: Ninguna</w:t>
       </w:r>
-      <w:r w:rsidR="00EC4E7B" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00EC4E7B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3792BB95" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3792BB95" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13331866" w14:textId="639ECBCC" w:rsidR="00F31C21" w:rsidRDefault="00F31C21">
+    <w:p w:rsidR="00F31C21" w14:paraId="13331866" w14:textId="639ECBCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DFD43D3" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...10 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5DFD43D3" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="2A3BCFA8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>MANEJO Y ALMACENAMIENTO DEL PRODUCTO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539A2843" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="539A2843" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C077013" w14:textId="77777777" w:rsidR="00626604" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00626604" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5C077013" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Manejo: No se requieren condiciones especiales de manipulación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24636BA9" w14:textId="5A80E8DF" w:rsidR="003C611F" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="003C611F" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="24636BA9" w14:textId="5A80E8DF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Almacenamiento: </w:t>
       </w:r>
-      <w:r w:rsidR="003C611F" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lugar fresco y seco a una temperatura no</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2551" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00AD2551">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> mayor</w:t>
       </w:r>
-      <w:r w:rsidR="003C611F" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidR="00805EF9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="003C611F" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2551" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00AD2551">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> °C (</w:t>
       </w:r>
       <w:r w:rsidR="00805EF9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>86</w:t>
       </w:r>
-      <w:r w:rsidR="007401FD" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="007401FD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> °F</w:t>
       </w:r>
-      <w:r w:rsidR="00AD2551" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00AD2551">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1525F54F" w14:textId="77777777" w:rsidR="00145A60" w:rsidRPr="00433902" w:rsidRDefault="00145A60" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00145A60" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1525F54F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C40930A" w14:textId="77777777" w:rsidR="00145A60" w:rsidRPr="00433902" w:rsidRDefault="00145A60" w:rsidP="00433902">
-[...10 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00145A60" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6C40930A" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="0455E172" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>CONTROLES DE EXPOSICIÓN Y PROTECCIÓN PERSONAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB67ACC" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6DB67ACC" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C91E0A5" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="0C91E0A5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Condiciones para controlar la exposición: No se requieren controles específicos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5363C938" w14:textId="77777777" w:rsidR="009875D0" w:rsidRPr="00433902" w:rsidRDefault="009875D0" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="009875D0" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5363C938" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Controles de ingeniería: Asegurar suficiente ventilación / aspiración en el puesto de trabajo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362B5AC9" w14:textId="77777777" w:rsidR="009875D0" w:rsidRPr="00433902" w:rsidRDefault="009875D0" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="009875D0" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="362B5AC9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Equipo de protección personal: No se requieren equipos específicos. Use una máscara con filtro de partículas en el caso de la generación de </w:t>
       </w:r>
-      <w:r w:rsidR="00FE5446" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00FE5446">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>polvo y</w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> gafas de seguridad, si se pulen los dientes</w:t>
       </w:r>
-      <w:r w:rsidR="00537970" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00537970">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3846AB02" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3846AB02" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Parámetros de exposición: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A1B4B57" w14:textId="77777777" w:rsidR="00971FD8" w:rsidRPr="00433902" w:rsidRDefault="00971FD8" w:rsidP="00433902">
-[...19 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00971FD8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="0A1B4B57" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00665554" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5425F363" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4EF7124D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">PROPIEDADES FÍSICAS Y QUÍMICAS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7785FF0B" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="7785FF0B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A96387D" w14:textId="77777777" w:rsidR="00665554" w:rsidRPr="00433902" w:rsidRDefault="00665554" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00665554" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6A96387D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Apariencia: Similar a un diente natural. Color desde blanco hasta café oscuro. Traslúcido, emite fluorescencia bajo luz ultravioleta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2001F80B" w14:textId="77777777" w:rsidR="00665554" w:rsidRPr="00433902" w:rsidRDefault="00665554" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00665554" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="2001F80B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Olor: Inodoro.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06956F4E" w14:textId="77777777" w:rsidR="00665554" w:rsidRPr="00433902" w:rsidRDefault="00665554" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00665554" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="06956F4E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Umbral de olor: No determinado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDBA461" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="2DDBA461" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Estado físico:</w:t>
       </w:r>
-      <w:r w:rsidR="000171B1" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="000171B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007401FD" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="007401FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sólido.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3DFB0C" w14:textId="77777777" w:rsidR="00665554" w:rsidRPr="00433902" w:rsidRDefault="00665554" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00665554" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5E3DFB0C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pH: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD4E516" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="0AD4E516" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Punto de congelac</w:t>
       </w:r>
-      <w:r w:rsidR="00015B6D" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00015B6D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ión o fusión</w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24653BC9" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="24653BC9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Porcentaje de evaporación:</w:t>
       </w:r>
-      <w:r w:rsidR="007401FD" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="007401FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D43B89" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00D43B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>No aplica</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB349BC" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5AB349BC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Punto inicial y rango de ebullición: No determinado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B20A896" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00D97418" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="2B20A896" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Punto de inflamación (F</w:t>
       </w:r>
-      <w:r w:rsidR="00557DDA" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>lash point): No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF03C90" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1EF03C90" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tasa de evaporación: </w:t>
       </w:r>
-      <w:r w:rsidR="00D43B89" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00D43B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>No aplica</w:t>
       </w:r>
-      <w:r w:rsidR="007401FD" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="007401FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01503164" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="01503164" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inflamabilidad (sólido gas):</w:t>
       </w:r>
-      <w:r w:rsidR="00D43B89" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00D43B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> No determinado</w:t>
       </w:r>
-      <w:r w:rsidR="007401FD" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="007401FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C836AF8" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="7C836AF8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Límite superior/inferior de inflamabilidad o explosión:</w:t>
       </w:r>
-      <w:r w:rsidR="00D43B89" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00D43B89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> No determinado</w:t>
       </w:r>
-      <w:r w:rsidR="007401FD" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="007401FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58AB9B4A" w14:textId="77777777" w:rsidR="00665554" w:rsidRPr="00433902" w:rsidRDefault="00665554" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00665554" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="58AB9B4A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Presión de vapor: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A713A2D" w14:textId="77777777" w:rsidR="00665554" w:rsidRPr="00433902" w:rsidRDefault="00665554" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00665554" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4A713A2D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Densidad de vapor: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D1B772" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="74D1B772" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Gravedad específica o densidad: No determinada.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C778E38" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="2C778E38" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Solubilidad en agua: Insoluble.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0197D34A" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="0197D34A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Coeficiente de reparto octanol / agua: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3891624C" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3891624C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Temperatura de auto-ignición: Sin determinar</w:t>
       </w:r>
-      <w:r w:rsidR="000143FE" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="000143FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C74E217" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3C74E217" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Temperatura de descomposición: Sin determinar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B12618C" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6B12618C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Valor de calor:</w:t>
       </w:r>
-      <w:r w:rsidR="000171B1" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="000171B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> información no disponible</w:t>
       </w:r>
-      <w:r w:rsidR="00E443D6" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00E443D6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B3525DB" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3B3525DB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tamaño de partícula:</w:t>
       </w:r>
-      <w:r w:rsidR="000171B1" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="000171B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E443D6" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00E443D6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00FA0EEA" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="00FA0EEA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Contenido de compuestos orgánicos volátiles:</w:t>
       </w:r>
-      <w:r w:rsidR="000171B1" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="000171B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> información no disponible</w:t>
       </w:r>
-      <w:r w:rsidR="00E443D6" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00E443D6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141ADE02" w14:textId="77777777" w:rsidR="009F2B25" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="009F2B25" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="141ADE02" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Punto de ablandamiento:</w:t>
       </w:r>
-      <w:r w:rsidR="000171B1" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="000171B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F2B25" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Temperatura de reblandecimiento 90 – 120</w:t>
       </w:r>
-      <w:r w:rsidR="00E443D6" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00E443D6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> °C (194 – 248 °F).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C3B2A4" w14:textId="77777777" w:rsidR="00665554" w:rsidRPr="00433902" w:rsidRDefault="00665554" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00665554" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="65C3B2A4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Viscosidad: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FA92099" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1FA92099" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Densidad aparente (Bulk density):</w:t>
       </w:r>
-      <w:r w:rsidR="000171B1" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="000171B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE5446" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00FE5446">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>indeterminado</w:t>
       </w:r>
-      <w:r w:rsidR="00E443D6" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00E443D6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="365455AA" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="365455AA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Porcentaje de volatilidad:</w:t>
       </w:r>
-      <w:r w:rsidR="000171B1" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="000171B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> información no disponible</w:t>
       </w:r>
-      <w:r w:rsidR="00E443D6" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00E443D6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C672A8E" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5C672A8E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Peso molecular:</w:t>
       </w:r>
-      <w:r w:rsidR="000171B1" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="000171B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> información no disponible</w:t>
       </w:r>
-      <w:r w:rsidR="00E443D6" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00E443D6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD87495" w14:textId="77777777" w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidRDefault="00557DDA" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00557DDA" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="7CD87495" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fórmula molecular:</w:t>
       </w:r>
-      <w:r w:rsidR="000171B1" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="000171B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> información no disponible</w:t>
       </w:r>
-      <w:r w:rsidR="00E443D6" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00E443D6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16FD60A8" w14:textId="77777777" w:rsidR="00665554" w:rsidRPr="00433902" w:rsidRDefault="00665554" w:rsidP="00433902">
-[...19 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00665554" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="16FD60A8" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1171CF7F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5631F308" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ESTABILIDAD Y REACTIVIDAD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55456713" w14:textId="77777777" w:rsidR="00230807" w:rsidRPr="00433902" w:rsidRDefault="00230807" w:rsidP="00433902">
+    <w:p w:rsidR="00230807" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="55456713" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="629036B1" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="629036B1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Estabilidad química: Estable bajo condiciones normales de almacenamiento y manipulación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518F08A1" w14:textId="77777777" w:rsidR="009801BE" w:rsidRPr="00433902" w:rsidRDefault="009801BE" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="009801BE" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="518F08A1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Posibilidad de reacciones peligrosas: No se conocen reacciones peligrosas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774AEAA4" w14:textId="77777777" w:rsidR="009801BE" w:rsidRPr="00433902" w:rsidRDefault="009801BE" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="009801BE" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="774AEAA4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Condiciones a evitar: Temperaturas superiores a 60 ºC (140 ºF).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="101893D6" w14:textId="77777777" w:rsidR="009801BE" w:rsidRPr="00433902" w:rsidRDefault="009801BE" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="009801BE" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="101893D6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Incompatibilidad con otros materiales: Contacto con solventes orgánicos y monómeros de metil metacrilato y sus derivados.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19EC2EC5" w14:textId="77777777" w:rsidR="009801BE" w:rsidRPr="00433902" w:rsidRDefault="009801BE" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="009801BE" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="19EC2EC5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Productos de descomposición peligrosos: Ninguno.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14CAED9F" w14:textId="77777777" w:rsidR="009801BE" w:rsidRPr="00433902" w:rsidRDefault="009801BE" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="009801BE" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="14CAED9F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Polimerización peligrosa: Ninguno en condiciones normales de almacenamiento y uso</w:t>
       </w:r>
-      <w:r w:rsidR="00537970" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00537970">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="480AAD20" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="480AAD20" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CA07F96" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5CA07F96" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="680" w:hanging="680"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="144B8AF7" w14:textId="77777777" w:rsidR="00861B06" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00861B06" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="144B8AF7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>INFORMACIÓN TOXICOLÓGICA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="311EE7AB" w14:textId="77777777" w:rsidR="00F441D2" w:rsidRPr="00433902" w:rsidRDefault="00F441D2" w:rsidP="00433902">
+    <w:p w:rsidR="00F441D2" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="311EE7AB" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09AA5EF8" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00861B06" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="09AA5EF8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Posibles vías de exposición: Si los dientes se pulen, el polvo puede irritar las vías respiratorias</w:t>
       </w:r>
-      <w:r w:rsidR="00537970" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00537970">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680A0D62" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="680A0D62" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Toxicidad aguda: No hay implicaciones serias para la salud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B058C4" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="64B058C4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Toxicidad crónica: No hay implicaciones serias para la salud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4A542F" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5C4A542F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Otra información: Ninguna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A8C6804" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="2A8C6804" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="283" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="677F2C3B" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="677F2C3B" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="283" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14D0B7EA" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="14D0B7EA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>INFORMACIÓN ECOLÓGICA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262C55BD" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="262C55BD" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DE20350" w14:textId="77777777" w:rsidR="00861B06" w:rsidRPr="00433902" w:rsidRDefault="00861B06" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00861B06" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="0DE20350" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ecotoxicidad: No hay datos disponibles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A5CAC3" w14:textId="77777777" w:rsidR="00861B06" w:rsidRPr="00433902" w:rsidRDefault="00861B06" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00861B06" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="32A5CAC3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Persistencia y degradabilidad: No hay datos disponibles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D60653F" w14:textId="77777777" w:rsidR="00861B06" w:rsidRPr="00433902" w:rsidRDefault="00861B06" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00861B06" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1D60653F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Potencial de bioacumulación: No se acumula perceptiblemente en el organismo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1618E387" w14:textId="77777777" w:rsidR="00861B06" w:rsidRPr="00433902" w:rsidRDefault="00861B06" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00861B06" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1618E387" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Movilidad en el suelo: No hay datos disponibles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DD6A03" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00861B06" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="53DD6A03" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Otros efectos adversos: No se esperan efectos adversos</w:t>
       </w:r>
-      <w:r w:rsidR="00537970" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00537970">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7038E93A" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="7038E93A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="525844BD" w14:textId="77777777" w:rsidR="00AF6F99" w:rsidRPr="00433902" w:rsidRDefault="00AF6F99" w:rsidP="00433902">
+    <w:p w:rsidR="00AF6F99" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="525844BD" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F51EB71" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1F51EB71" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="578" w:hanging="578"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CONSIDERACIONES DE DISPOSICIÓN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C20D4B" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="24C20D4B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4384B569" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="4384B569" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Recicle si es posible. No arrojar a cuerpos de agua. Observe las regulaciones locales aplicables vigentes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55305BB4" w14:textId="77777777" w:rsidR="00E5555A" w:rsidRPr="00433902" w:rsidRDefault="00E5555A" w:rsidP="00433902">
-[...8 lines deleted...]
-    <w:p w14:paraId="3B3AEB12" w14:textId="7701A7E8" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00E5555A" w:rsidP="00433902">
+    <w:p w:rsidR="00E5555A" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="55305BB4" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3B3AEB12" w14:textId="7701A7E8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ADVERTENCIA: </w:t>
       </w:r>
-      <w:r w:rsidR="00FF45C8" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Las leyes, regulaciones y restricciones locales pueden cambiar o ser reinterpretadas, y diferir de las nacionales, por lo que las consideraciones de disposición del material y su </w:t>
       </w:r>
-      <w:r w:rsidR="000F1F99" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="000F1F99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>empaque</w:t>
       </w:r>
-      <w:r w:rsidR="00FF45C8" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> pueden variar con respecto a las consignadas en este documento</w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E58F3D8" w14:textId="77777777" w:rsidR="00DF6FF4" w:rsidRPr="00433902" w:rsidRDefault="00DF6FF4" w:rsidP="00433902">
-[...8 lines deleted...]
-    <w:p w14:paraId="158F8B4D" w14:textId="581FD303" w:rsidR="00F31C21" w:rsidRDefault="00F31C21">
+    <w:p w:rsidR="00DF6FF4" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5E58F3D8" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F31C21" w14:paraId="158F8B4D" w14:textId="581FD303">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57EF005E" w14:textId="77777777" w:rsidR="00DF6FF4" w:rsidRPr="00433902" w:rsidRDefault="00DF6FF4" w:rsidP="00433902">
-[...10 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00DF6FF4" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="57EF005E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3EDFB6AE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>INFORMACIÓN DE TRANSPORTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27700369" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="27700369" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F3F9097" w14:textId="77777777" w:rsidR="00AF6F99" w:rsidRPr="00433902" w:rsidRDefault="00AF6F99" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00AF6F99" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="0F3F9097" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Material peligroso: Ninguno.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149AA23C" w14:textId="77777777" w:rsidR="00AF6F99" w:rsidRPr="00433902" w:rsidRDefault="00AF6F99" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00AF6F99" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="149AA23C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Clase de riesgo: Ninguno.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B4EA62D" w14:textId="77777777" w:rsidR="00AF6F99" w:rsidRPr="00433902" w:rsidRDefault="00AF6F99" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00AF6F99" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="0B4EA62D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Número UN: No disponible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6349BFAC" w14:textId="77777777" w:rsidR="00AF6F99" w:rsidRPr="00433902" w:rsidRDefault="00AF6F99" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00AF6F99" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6349BFAC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Clasificación IATA: Material no peligroso.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F4B1396" w14:textId="77777777" w:rsidR="00AF6F99" w:rsidRPr="00433902" w:rsidRDefault="00AF6F99" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00AF6F99" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1F4B1396" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Grupo de embalaje: Ninguno.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3B1CC3" w14:textId="77777777" w:rsidR="002C03FC" w:rsidRPr="00433902" w:rsidRDefault="00AD0C7D" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="002C03FC" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="1E3B1CC3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Contaminante marino (Sí</w:t>
       </w:r>
-      <w:r w:rsidR="002C03FC" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/No): No.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CCB3250" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...19 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5CCB3250" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D15C08" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="7A562038" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="551EF988" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>INFORMACIÓN REGLAMENTARIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2057B38B" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="2057B38B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F8FACDE" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5F8FACDE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>En Colombia: No aplica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E7A488" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="25E7A488" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Internacional: De conformidad con las regulaciones de la CEE. Según las listas de la CE y las directrices de la CEE/Reglamento sobre sustancias peligrosas el producto no requiere etiquetado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429FADC1" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
-[...19 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="429FADC1" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="02D98F5F" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="6F5DE336" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:left="680" w:hanging="680"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>OTRA INFORMACIÓN IMPORTANTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE27531" w14:textId="77777777" w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidRDefault="00FF45C8" w:rsidP="00433902">
+    <w:p w:rsidR="00FF45C8" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="7FE27531" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DB6E332" w14:textId="77777777" w:rsidR="0002393F" w:rsidRPr="00433902" w:rsidRDefault="0002393F" w:rsidP="00433902">
+    <w:p w:rsidR="0002393F" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="2DB6E332" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>La información consignada en este documento se basa en nuestro conocim</w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>iento actual y</w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> se da de buena fe, pero no se da garantía expresa o implícita, ni</w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> se asume ninguna responsabilidad por e</w:t>
       </w:r>
-      <w:r w:rsidR="00915ABB" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00915ABB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l manejo inadecuado del producto</w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00915ABB" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00915ABB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> El presente documento está elaborado acorde con:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C36BB85" w14:textId="77777777" w:rsidR="0002393F" w:rsidRPr="00433902" w:rsidRDefault="0002393F" w:rsidP="00433902">
+    <w:p w:rsidR="0002393F" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="5C36BB85" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC4CCA9" w14:textId="77777777" w:rsidR="00873522" w:rsidRPr="00433902" w:rsidRDefault="0002393F" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00873522" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="3AC4CCA9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:hanging="434"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Globally Harmonized System of Classification and Labelling of Chemicals – GHS (</w:t>
       </w:r>
@@ -4762,620 +4792,598 @@
         </w:rPr>
         <w:t>de Clasificación y</w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rStyle w:val="hps"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Etiquetado de Productos Químicos).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AEC4617" w14:textId="77777777" w:rsidR="00381402" w:rsidRPr="00433902" w:rsidRDefault="00915ABB" w:rsidP="00433902">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p w:rsidR="00381402" w:rsidRPr="00433902" w:rsidP="00433902" w14:paraId="2AEC4617" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:hanging="434"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Norma Técnica Colombiana NTC 4435:2010. Transpor</w:t>
       </w:r>
-      <w:r w:rsidR="00FE5446" w:rsidRPr="00433902">
+      <w:r w:rsidRPr="00433902" w:rsidR="00FE5446">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>te</w:t>
       </w:r>
       <w:r w:rsidRPr="00433902">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Mercancías. Hojas de Datos de Seguridad para Materiales. Preparación.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00381402" w:rsidRPr="00433902" w:rsidSect="00433902">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:sectPr w:rsidSect="00433902">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="3119" w:right="1701" w:bottom="2127" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="StarSymbol">
     <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="69787D24" w14:textId="77777777" w:rsidR="00CB2DAE" w:rsidRDefault="00CB2DAE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="00271E18" w:rsidP="00A95F15" w14:paraId="668275AF" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-[...9 lines deleted...]
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
-      <w:pict w14:anchorId="3A7A6BB2">
+      <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="_x0000_s2053" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-7.95pt;margin-top:-52pt;width:457.1pt;height:84.15pt;z-index:251665408" filled="f" stroked="f">
-          <v:textbox style="mso-next-textbox:#_x0000_s2053">
+        <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:457.1pt;height:84.15pt;margin-top:-52pt;margin-left:-7.95pt;position:absolute;z-index:251658240" filled="f" stroked="f">
+          <v:textbox>
             <w:txbxContent>
               <w:tbl>
                 <w:tblPr>
                   <w:tblW w:w="9159" w:type="dxa"/>
                   <w:jc w:val="center"/>
                   <w:tblBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tblBorders>
                   <w:tblLayout w:type="fixed"/>
-                  <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                  <w:tblLook w:val="04A0"/>
                 </w:tblPr>
                 <w:tblGrid>
                   <w:gridCol w:w="794"/>
                   <w:gridCol w:w="1277"/>
                   <w:gridCol w:w="3545"/>
                   <w:gridCol w:w="2472"/>
                   <w:gridCol w:w="1071"/>
                 </w:tblGrid>
-                <w:tr w:rsidR="009B6E24" w:rsidRPr="009B6E24" w14:paraId="369561AB" w14:textId="77777777" w:rsidTr="00F933C7">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="369561AB" w14:textId="77777777" w:rsidTr="00F933C7">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9159" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2071" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="636990A6" w14:textId="77777777" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="009B6E24" w:rsidP="009853D7">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="009853D7" w14:paraId="636990A6" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009B6E24">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Fecha de Creación</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3545" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="63DF1B73" w14:textId="77777777" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="009B6E24" w:rsidP="009853D7">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="009853D7" w14:paraId="63DF1B73" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009B6E24">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Elaborado por:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3543" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="012D013E" w14:textId="77777777" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="009B6E24" w:rsidP="009853D7">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="009853D7" w14:paraId="012D013E" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009B6E24">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Revisado por:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="009B6E24" w:rsidRPr="009B6E24" w14:paraId="5DE0C2CF" w14:textId="77777777" w:rsidTr="00F933C7">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="5DE0C2CF" w14:textId="77777777" w:rsidTr="00F933C7">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9159" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2071" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="1BD0B52A" w14:textId="77777777" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="00187557" w:rsidP="00187557">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="00187557" w14:paraId="1BD0B52A" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>2009-09-04</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3545" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="30C2DB9C" w14:textId="7923EC5C" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="00BD5804" w:rsidP="009853D7">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="0097661B" w:rsidP="009853D7" w14:paraId="30C2DB9C" w14:textId="7923EC5C">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
+                          <w:lang w:val="pt-BR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="0097661B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
+                          <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t>Analista Técnico</w:t>
                       </w:r>
-                      <w:r w:rsidR="00702C73">
+                      <w:r w:rsidRPr="0097661B" w:rsidR="00702C73">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
+                          <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> de</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidRPr="0097661B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
+                          <w:lang w:val="pt-BR"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Resinas Acrílicas</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3543" w:type="dxa"/>
                       <w:gridSpan w:val="2"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="3E6FB0DC" w14:textId="722F88D8" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="00BD5804" w:rsidP="00187557">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="00187557" w14:paraId="3E6FB0DC" w14:textId="722F88D8">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Coordinador Técnico de DM</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="009B6E24" w:rsidRPr="009B6E24" w14:paraId="3DA5E674" w14:textId="77777777" w:rsidTr="00F933C7">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="3DA5E674" w14:textId="77777777" w:rsidTr="00F933C7">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9159" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="794" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="129E65B4" w14:textId="77777777" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="009B6E24" w:rsidP="009853D7">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="009853D7" w14:paraId="129E65B4" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009B6E24">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Clase</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1277" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="61B07072" w14:textId="77777777" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="009B6E24" w:rsidP="009853D7">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="009853D7" w14:paraId="61B07072" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009B6E24">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Página</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3545" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="48D6BF3F" w14:textId="77777777" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="009B6E24" w:rsidP="009853D7">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="009853D7" w14:paraId="48D6BF3F" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009B6E24">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Aprobado por:</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2472" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="7173BB0F" w14:textId="77777777" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="009B6E24" w:rsidP="009853D7">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="009853D7" w14:paraId="7173BB0F" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009B6E24">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Fecha de Actualización</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1071" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="7FDC3338" w14:textId="77777777" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="009B6E24" w:rsidP="009853D7">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="009853D7" w14:paraId="7FDC3338" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009B6E24">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Versión</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
-                <w:tr w:rsidR="009B6E24" w:rsidRPr="009B6E24" w14:paraId="07080153" w14:textId="77777777" w:rsidTr="00F933C7">
-[...2 lines deleted...]
-                  </w:trPr>
+                <w:tr w14:paraId="07080153" w14:textId="77777777" w:rsidTr="00F933C7">
+                  <w:tblPrEx>
+                    <w:tblW w:w="9159" w:type="dxa"/>
+                    <w:tblLayout w:type="fixed"/>
+                    <w:tblLook w:val="04A0"/>
+                  </w:tblPrEx>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="794" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="2086B467" w14:textId="77777777" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="00187557" w:rsidP="009853D7">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="009853D7" w14:paraId="2086B467" w14:textId="77777777">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>E</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1277" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                           <w:lang w:val="es-ES"/>
                         </w:rPr>
                         <w:id w:val="1943106975"/>
                         <w:docPartObj>
                           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
                           <w:docPartUnique/>
                         </w:docPartObj>
                       </w:sdtPr>
-                      <w:sdtEndPr/>
                       <w:sdtContent>
-                        <w:p w14:paraId="6AC39919" w14:textId="77777777" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="009B6E24" w:rsidP="009853D7">
+                        <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="009853D7" w14:paraId="6AC39919" w14:textId="77777777">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="009B6E24">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r w:rsidRPr="009B6E24">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
@@ -5451,460 +5459,427 @@
                               <w:noProof/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:t>3</w:t>
                           </w:r>
                           <w:r w:rsidRPr="009B6E24">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:sdtContent>
                     </w:sdt>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="3545" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="6CD5516F" w14:textId="747AB612" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="00187557" w:rsidP="00187557">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="00187557" w14:paraId="6CD5516F" w14:textId="779DAD86">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>Director</w:t>
                       </w:r>
                       <w:r w:rsidR="00702C73">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>a Técnica de DM</w:t>
+                        <w:t xml:space="preserve"> Técnic</w:t>
+                      </w:r>
+                      <w:r w:rsidR="0097661B">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>o</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00702C73">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> de DM</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2472" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="4EA20B1B" w14:textId="68B7CD8D" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="007E0205" w:rsidP="009853D7">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="009853D7" w14:paraId="4EA20B1B" w14:textId="1FB5A93C">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00702C73">
+                      <w:r w:rsidRPr="00135F7D">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>2022-0</w:t>
+                        <w:t>202</w:t>
                       </w:r>
-                      <w:r w:rsidR="00702C73" w:rsidRPr="00702C73">
+                      <w:r w:rsidRPr="00135F7D" w:rsidR="0097661B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>8</w:t>
+                        <w:t>5-</w:t>
                       </w:r>
-                      <w:r w:rsidR="00BD5804" w:rsidRPr="00702C73">
+                      <w:r w:rsidRPr="00135F7D" w:rsidR="00135F7D">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>-</w:t>
-[...7 lines deleted...]
-                        <w:t>25</w:t>
+                        <w:t>12-12</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="1071" w:type="dxa"/>
                       <w:vAlign w:val="center"/>
                     </w:tcPr>
-                    <w:p w14:paraId="3990E759" w14:textId="4BEC43B7" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="00187557" w:rsidP="009853D7">
+                    <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="009853D7" w14:paraId="3990E759" w14:textId="5D5146CC">
                       <w:pPr>
-                        <w:pStyle w:val="Piedepgina"/>
+                        <w:pStyle w:val="Footer"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>0</w:t>
                       </w:r>
-                      <w:r w:rsidR="00BD5804">
+                      <w:r w:rsidR="0097661B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>4</w:t>
+                        <w:t>5</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:tr>
               </w:tbl>
-              <w:p w14:paraId="59278546" w14:textId="77777777" w:rsidR="00271E18" w:rsidRDefault="009B6E24" w:rsidP="009B6E24">
+              <w:p w:rsidR="00271E18" w:rsidP="009B6E24" w14:paraId="59278546" w14:textId="77777777">
                 <w:pPr>
                   <w:ind w:left="-142"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>DOCUMENTO DE REFERENCIA: DPDDPR-0</w:t>
                 </w:r>
                 <w:r w:rsidR="00187557">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>03</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="5C30AA24" w14:textId="1FCE3BEB" w:rsidR="009B6E24" w:rsidRDefault="009B6E24" w:rsidP="009B6E24">
+              <w:p w:rsidR="009B6E24" w:rsidP="009B6E24" w14:paraId="5C30AA24" w14:textId="28D86EE4">
                 <w:pPr>
                   <w:ind w:left="-142"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">FECHA DE ACTUALIZACIÓN: </w:t>
                 </w:r>
                 <w:r w:rsidR="00BD5804">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
-                  <w:t>2020-11-17</w:t>
+                  <w:t>202</w:t>
+                </w:r>
+                <w:r w:rsidR="0097661B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>3-11-29</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="51FC0D81" w14:textId="709A543F" w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidRDefault="009B6E24" w:rsidP="009B6E24">
+              <w:p w:rsidR="009B6E24" w:rsidRPr="009B6E24" w:rsidP="009B6E24" w14:paraId="51FC0D81" w14:textId="5EF511F6">
                 <w:pPr>
                   <w:ind w:left="-142"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>VERSIÓN: 0</w:t>
                 </w:r>
-                <w:r w:rsidR="00BD5804">
+                <w:r w:rsidR="0097661B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
-                  <w:t>6</w:t>
+                  <w:t>7</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="65CC94D0" w14:textId="77777777" w:rsidR="00CB2DAE" w:rsidRDefault="00CB2DAE">
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="00271E18" w14:paraId="5E9798D3" w14:textId="7D704772">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
-[...38 lines deleted...]
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5771DDB1" wp14:editId="34803762">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-821343</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-148290</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7228936" cy="9583197"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Imagen 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Imagen 1"/>
+                  <pic:cNvPr id="2" name="Imagen 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                      <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7235449" cy="9591831"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="78CEBA3B" w14:textId="77777777" w:rsidR="00271E18" w:rsidRDefault="00600850">
+  <w:p w:rsidR="00271E18" w14:paraId="78CEBA3B" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-CO"/>
       </w:rPr>
-      <w:pict w14:anchorId="030A3AB2">
+      <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="_x0000_s2052" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-56.9pt;margin-top:54.05pt;width:554pt;height:58.55pt;z-index:251664384" filled="f" stroked="f">
-          <v:textbox style="mso-next-textbox:#_x0000_s2052">
+        <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:554pt;height:58.55pt;margin-top:54.05pt;margin-left:-56.9pt;position:absolute;z-index:251658240" filled="f" stroked="f">
+          <v:textbox>
             <w:txbxContent>
-              <w:p w14:paraId="05826BE1" w14:textId="77777777" w:rsidR="00271E18" w:rsidRPr="00702C73" w:rsidRDefault="00271E18" w:rsidP="00DC4C87">
+              <w:p w:rsidR="00271E18" w:rsidRPr="00702C73" w:rsidP="00DC4C87" w14:paraId="05826BE1" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00702C73">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                   <w:t>FICHA DE SEGURIDAD</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="7771438B" w14:textId="77777777" w:rsidR="00271E18" w:rsidRPr="00702C73" w:rsidRDefault="008B7507" w:rsidP="00FF45C8">
+              <w:p w:rsidR="00271E18" w:rsidRPr="00702C73" w:rsidP="00FF45C8" w14:paraId="7771438B" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00702C73">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                   <w:t>DIENTES DE RESINA ACRÍ</w:t>
                 </w:r>
-                <w:r w:rsidR="00271E18" w:rsidRPr="00702C73">
+                <w:r w:rsidRPr="00702C73">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">LICA </w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="4F391D29" w14:textId="77777777" w:rsidR="00271E18" w:rsidRPr="00702C73" w:rsidRDefault="00CA338B" w:rsidP="00FF45C8">
+              <w:p w:rsidR="00271E18" w:rsidRPr="00702C73" w:rsidP="00FF45C8" w14:paraId="4F391D29" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00702C73">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                   <w:t>DPDDFS-001</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="5D209CDD" w14:textId="77777777" w:rsidR="00271E18" w:rsidRPr="002B1237" w:rsidRDefault="00271E18" w:rsidP="00FF45C8">
+              <w:p w:rsidR="00271E18" w:rsidRPr="002B1237" w:rsidP="00FF45C8" w14:paraId="5D209CDD" w14:textId="77777777">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EAC4F3F4"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="3.%1 "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="283"/>
         </w:tabs>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
@@ -7287,173 +7262,174 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="647"/>
         </w:tabs>
         <w:ind w:left="647" w:hanging="283"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="699"/>
         </w:tabs>
         <w:ind w:left="699" w:hanging="283"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17530AA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6F8C930"/>
-    <w:lvl w:ilvl="0" w:tplc="F7F03400">
+    <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="240A0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A9627D1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FE6C3E9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1112" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1824" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1400" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7498,58 +7474,59 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2264" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21236874"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DBACFCEA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="minorHAnsi" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
@@ -7579,273 +7556,254 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26D0443D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="240A0025"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo1"/>
+      <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo2"/>
+      <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo3"/>
+      <w:pStyle w:val="Heading3"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo4"/>
+      <w:pStyle w:val="Heading4"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo5"/>
+      <w:pStyle w:val="Heading5"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo6"/>
+      <w:pStyle w:val="Heading6"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo7"/>
+      <w:pStyle w:val="Heading7"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo8"/>
+      <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Ttulo9"/>
+      <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1816943678">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="77293807">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1232085869">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="565723418">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="444739737">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1846439423">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="871384533">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...12 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...13 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="0004717D"/>
     <w:rsid w:val="00002255"/>
     <w:rsid w:val="00013105"/>
     <w:rsid w:val="000143FE"/>
     <w:rsid w:val="00015B6D"/>
     <w:rsid w:val="000171B1"/>
     <w:rsid w:val="0002393F"/>
     <w:rsid w:val="000243B5"/>
     <w:rsid w:val="0003664E"/>
     <w:rsid w:val="0004090D"/>
     <w:rsid w:val="000465C5"/>
     <w:rsid w:val="0004717D"/>
     <w:rsid w:val="00057577"/>
     <w:rsid w:val="00073945"/>
     <w:rsid w:val="00083452"/>
     <w:rsid w:val="000F1F99"/>
     <w:rsid w:val="000F2555"/>
     <w:rsid w:val="00117AED"/>
     <w:rsid w:val="001251C2"/>
+    <w:rsid w:val="00135F7D"/>
     <w:rsid w:val="00137D18"/>
     <w:rsid w:val="0014532F"/>
     <w:rsid w:val="00145A60"/>
     <w:rsid w:val="00151D7D"/>
     <w:rsid w:val="00173EF8"/>
     <w:rsid w:val="001746A2"/>
     <w:rsid w:val="00187557"/>
     <w:rsid w:val="001A1F30"/>
     <w:rsid w:val="001E365D"/>
     <w:rsid w:val="001F27F8"/>
     <w:rsid w:val="001F4D83"/>
     <w:rsid w:val="002153B7"/>
     <w:rsid w:val="00220B45"/>
     <w:rsid w:val="00230807"/>
     <w:rsid w:val="00244D40"/>
     <w:rsid w:val="00250C70"/>
     <w:rsid w:val="00271E18"/>
     <w:rsid w:val="00272112"/>
     <w:rsid w:val="00281269"/>
     <w:rsid w:val="00283016"/>
+    <w:rsid w:val="00296272"/>
     <w:rsid w:val="002A1F39"/>
     <w:rsid w:val="002A62C2"/>
     <w:rsid w:val="002B1237"/>
     <w:rsid w:val="002C03FC"/>
     <w:rsid w:val="002F08CF"/>
     <w:rsid w:val="00305586"/>
     <w:rsid w:val="00321740"/>
     <w:rsid w:val="00333770"/>
     <w:rsid w:val="003361A0"/>
     <w:rsid w:val="00381402"/>
+    <w:rsid w:val="003839BE"/>
     <w:rsid w:val="0038574A"/>
     <w:rsid w:val="003A6D16"/>
     <w:rsid w:val="003B6B67"/>
     <w:rsid w:val="003C611F"/>
     <w:rsid w:val="003D1A01"/>
     <w:rsid w:val="003F04EF"/>
     <w:rsid w:val="003F0C84"/>
     <w:rsid w:val="00400012"/>
     <w:rsid w:val="004016BE"/>
     <w:rsid w:val="004222A6"/>
     <w:rsid w:val="00427498"/>
     <w:rsid w:val="00433902"/>
     <w:rsid w:val="0045372D"/>
     <w:rsid w:val="0045470C"/>
     <w:rsid w:val="00456349"/>
     <w:rsid w:val="004827D3"/>
     <w:rsid w:val="004B528C"/>
     <w:rsid w:val="004D13F5"/>
     <w:rsid w:val="004D4ED8"/>
     <w:rsid w:val="004E3A2E"/>
     <w:rsid w:val="004F6592"/>
     <w:rsid w:val="00514F20"/>
+    <w:rsid w:val="00522BBC"/>
     <w:rsid w:val="0053086B"/>
     <w:rsid w:val="0053422A"/>
     <w:rsid w:val="00537970"/>
     <w:rsid w:val="00557DDA"/>
     <w:rsid w:val="00560114"/>
     <w:rsid w:val="00576402"/>
     <w:rsid w:val="0058064F"/>
     <w:rsid w:val="0058709B"/>
     <w:rsid w:val="00596F47"/>
     <w:rsid w:val="005E4AB1"/>
     <w:rsid w:val="005F099D"/>
     <w:rsid w:val="005F6E0E"/>
     <w:rsid w:val="00600850"/>
     <w:rsid w:val="006108ED"/>
     <w:rsid w:val="00626604"/>
     <w:rsid w:val="00654BF5"/>
     <w:rsid w:val="00661658"/>
     <w:rsid w:val="00665554"/>
     <w:rsid w:val="006737D2"/>
     <w:rsid w:val="0067737D"/>
     <w:rsid w:val="00677AD5"/>
     <w:rsid w:val="006965F6"/>
     <w:rsid w:val="006A1722"/>
     <w:rsid w:val="006A1883"/>
     <w:rsid w:val="006B20F7"/>
@@ -7867,82 +7825,86 @@
     <w:rsid w:val="00805EF9"/>
     <w:rsid w:val="008078E0"/>
     <w:rsid w:val="00807D81"/>
     <w:rsid w:val="00815C41"/>
     <w:rsid w:val="00827AC9"/>
     <w:rsid w:val="00836F63"/>
     <w:rsid w:val="00840B16"/>
     <w:rsid w:val="00843305"/>
     <w:rsid w:val="00855230"/>
     <w:rsid w:val="00856C36"/>
     <w:rsid w:val="00861B06"/>
     <w:rsid w:val="00862218"/>
     <w:rsid w:val="00873522"/>
     <w:rsid w:val="0087431A"/>
     <w:rsid w:val="00881654"/>
     <w:rsid w:val="00886982"/>
     <w:rsid w:val="008873BC"/>
     <w:rsid w:val="008A3EE2"/>
     <w:rsid w:val="008A740E"/>
     <w:rsid w:val="008B5513"/>
     <w:rsid w:val="008B7507"/>
     <w:rsid w:val="008D5311"/>
     <w:rsid w:val="008E46E8"/>
     <w:rsid w:val="00915ABB"/>
     <w:rsid w:val="00922C4F"/>
+    <w:rsid w:val="00944C9E"/>
     <w:rsid w:val="00971FD8"/>
     <w:rsid w:val="0097350C"/>
+    <w:rsid w:val="0097661B"/>
     <w:rsid w:val="009801BE"/>
     <w:rsid w:val="009802C2"/>
     <w:rsid w:val="00982227"/>
     <w:rsid w:val="00983F7E"/>
+    <w:rsid w:val="009853D7"/>
     <w:rsid w:val="009875D0"/>
     <w:rsid w:val="009A28BE"/>
     <w:rsid w:val="009A61E6"/>
     <w:rsid w:val="009B6E24"/>
     <w:rsid w:val="009D2091"/>
     <w:rsid w:val="009F2B25"/>
     <w:rsid w:val="00A000A5"/>
     <w:rsid w:val="00A079DD"/>
     <w:rsid w:val="00A33D99"/>
     <w:rsid w:val="00A4551E"/>
     <w:rsid w:val="00A54AB8"/>
     <w:rsid w:val="00A7251F"/>
     <w:rsid w:val="00A95F15"/>
     <w:rsid w:val="00AB7271"/>
     <w:rsid w:val="00AD0C7D"/>
     <w:rsid w:val="00AD2551"/>
     <w:rsid w:val="00AF6F99"/>
     <w:rsid w:val="00B137B4"/>
     <w:rsid w:val="00B23F5D"/>
     <w:rsid w:val="00B54D18"/>
     <w:rsid w:val="00B66045"/>
     <w:rsid w:val="00B7542D"/>
     <w:rsid w:val="00B76C94"/>
     <w:rsid w:val="00BB1537"/>
     <w:rsid w:val="00BB3727"/>
     <w:rsid w:val="00BD27A1"/>
+    <w:rsid w:val="00BD3E47"/>
     <w:rsid w:val="00BD5804"/>
     <w:rsid w:val="00BF1D6F"/>
     <w:rsid w:val="00C1022A"/>
     <w:rsid w:val="00C2340A"/>
     <w:rsid w:val="00C24429"/>
     <w:rsid w:val="00C24871"/>
     <w:rsid w:val="00C35217"/>
     <w:rsid w:val="00C6111B"/>
     <w:rsid w:val="00C650F4"/>
     <w:rsid w:val="00C72ED4"/>
     <w:rsid w:val="00CA338B"/>
     <w:rsid w:val="00CB090B"/>
     <w:rsid w:val="00CB2DAE"/>
     <w:rsid w:val="00CB58F4"/>
     <w:rsid w:val="00CC119A"/>
     <w:rsid w:val="00CE4418"/>
     <w:rsid w:val="00CE6282"/>
     <w:rsid w:val="00CF34BA"/>
     <w:rsid w:val="00D00FC2"/>
     <w:rsid w:val="00D01154"/>
     <w:rsid w:val="00D0263D"/>
     <w:rsid w:val="00D15C08"/>
     <w:rsid w:val="00D17969"/>
     <w:rsid w:val="00D22DBC"/>
     <w:rsid w:val="00D30761"/>
@@ -7962,96 +7924,93 @@
     <w:rsid w:val="00E3786F"/>
     <w:rsid w:val="00E443D6"/>
     <w:rsid w:val="00E5175F"/>
     <w:rsid w:val="00E5555A"/>
     <w:rsid w:val="00E81489"/>
     <w:rsid w:val="00E83549"/>
     <w:rsid w:val="00EB31D9"/>
     <w:rsid w:val="00EC4E7B"/>
     <w:rsid w:val="00ED1854"/>
     <w:rsid w:val="00ED77FF"/>
     <w:rsid w:val="00EE1A06"/>
     <w:rsid w:val="00F1110C"/>
     <w:rsid w:val="00F1520B"/>
     <w:rsid w:val="00F2059A"/>
     <w:rsid w:val="00F31565"/>
     <w:rsid w:val="00F31C21"/>
     <w:rsid w:val="00F41FCF"/>
     <w:rsid w:val="00F441D2"/>
     <w:rsid w:val="00F50FC9"/>
     <w:rsid w:val="00F53702"/>
     <w:rsid w:val="00F5768F"/>
     <w:rsid w:val="00F933C7"/>
     <w:rsid w:val="00FE5446"/>
     <w:rsid w:val="00FF45C8"/>
   </w:rsids>
+  <w:docVars>
+    <w:docVar w:name="APPROVER" w:val="Daniel Osorio Amariles"/>
+    <w:docVar w:name="CONSENT" w:val="Gabriel Jaime Gomez Mejia"/>
+    <w:docVar w:name="DATECR" w:val="2025/08/28"/>
+    <w:docVar w:name="DATEREV" w:val="2025/12/12"/>
+    <w:docVar w:name="DOC" w:val="DPDDFS-001"/>
+    <w:docVar w:name="ELABFUNCTION" w:val="ANALISTA DISENO PIEZAS DENTALES"/>
+    <w:docVar w:name="ELABORATOR" w:val="Elizabeth Rojas Zapata; Cesar Eduardo Cardona Quintero"/>
+    <w:docVar w:name="ELABUSERFUNCTION" w:val="Sandra Giomar Hoyos - ANALISTA DISENO PIEZAS DENTALES"/>
+    <w:docVar w:name="IDLOGINCURRENT" w:val="RCarmona"/>
+    <w:docVar w:name="NMUSERCURRENT" w:val="Rosaura Carmona"/>
+    <w:docVar w:name="NRCOPY" w:val="1"/>
+    <w:docVar w:name="REV" w:val="05"/>
+    <w:docVar w:name="TITLE" w:val="FICHA DE SEGURIDAD DIENTES DE RESINA ACRÍLICA"/>
+  </w:docVars>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
-    <m:brkBin m:val="before"/>
-[...8 lines deleted...]
-    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...6 lines deleted...]
-  <w:listSeparator w:val=","/>
   <w14:docId w14:val="67DCF18B"/>
   <w15:docId w15:val="{B746CADB-6524-487E-83D0-F79E267B498F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8379,695 +8338,683 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00281269"/>
     <w:rPr>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo5Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="243F60"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo6Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="243F60"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo7Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo8Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textodeglobo">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004717D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Textodeglobo"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0004717D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Encabezado">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004717D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Encabezado"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0004717D"/>
     <w:rPr>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Piedepgina">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004717D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Piedepgina"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0004717D"/>
     <w:rPr>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BB1537"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Car">
     <w:name w:val="Título 5 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo5"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="243F60"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Car">
     <w:name w:val="Título 6 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo6"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="243F60"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Car">
     <w:name w:val="Título 7 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo7"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Car">
     <w:name w:val="Título 8 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo8"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
     <w:name w:val="Título 9 Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Ttulo9"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contenidodelatabla">
     <w:name w:val="Contenido de la tabla"/>
-    <w:basedOn w:val="Textoindependiente"/>
+    <w:basedOn w:val="BodyText"/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:jc w:val="left"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextoindependienteCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D0263D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
     <w:name w:val="Texto independiente Car"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Textoindependiente"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D0263D"/>
     <w:rPr>
       <w:lang w:val="es-CO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipervnculo">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="008E46E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="default"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000099"/>
       <w:sz w:val="17"/>
       <w:szCs w:val="17"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="008E46E8"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00836F63"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hps">
     <w:name w:val="hps"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0002393F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9309,76 +9256,73 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010069E72D42E707D34BA32803624ED7F58D" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="164e680a8d5cd336e537f1817d409570">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e4aee1f27b22707e69f478da740fef3d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -9448,106 +9392,105 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A423D15-5895-43D2-91D4-3136D3A5CE6A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F6C1677-F0D7-43A7-887C-E5DEAB8471C3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{181D7F8D-F5DA-4770-98CA-900D84327CA3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFFC67B9-1BDC-4FF1-A346-4ED5382C16F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{181D7F8D-F5DA-4770-98CA-900D84327CA3}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A423D15-5895-43D2-91D4-3136D3A5CE6A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
+  <Pages>5</Pages>
   <Words>1167</Words>
   <Characters>6422</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>53</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>New  Stetic S.A.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>7574</CharactersWithSpaces>